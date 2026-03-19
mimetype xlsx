--- v0 (2025-10-04)
+++ v1 (2026-03-19)
@@ -107,54 +107,54 @@
   <si>
     <t>COMERCIAL S &amp; C CASTILLO  S. R. LTDA</t>
   </si>
   <si>
     <t>COMERCIALN FERRETERIA TONY</t>
   </si>
   <si>
     <t>AV VENUZUELA ESQUI PANAMA URB LAS AMERICAS</t>
   </si>
   <si>
     <t>CORPORACION ACERO AREQUIPA S. A.</t>
   </si>
   <si>
     <t>PANAMERICANA</t>
   </si>
   <si>
     <t>054215341</t>
   </si>
   <si>
     <t>CORPORACION CRONS PERU S. A. C.</t>
   </si>
   <si>
     <t>CORPORACION ERICK S .R .L</t>
   </si>
   <si>
+    <t>CORPORACION LARO</t>
+  </si>
+  <si>
     <t>CORPORACIÃN LARO</t>
-  </si>
-[...1 lines deleted...]
-    <t>CORPORACION LARO</t>
   </si>
   <si>
     <t>CORPORACION MIRIAM INC SAC</t>
   </si>
   <si>
     <t>CORPORACION MONTE BIANCO S.A.C.</t>
   </si>
   <si>
     <t>CORPORACIÃN PAREDPLAST S. A. C.</t>
   </si>
   <si>
     <t>CORPORACIÃN PERUANA DE PRODUCTOS QUÃMICOS S. A.</t>
   </si>
   <si>
     <t>AV. CESAR VALLEJO NÂª1851 LIMA AGUSTINO</t>
   </si>
   <si>
     <t>D` CO CENTRO EL OLIVO S. A. C.</t>
   </si>
   <si>
     <t>JR CHALHUANCA 311</t>
   </si>
   <si>
     <t>DAKOTA ILUMINACIONES  E. I. R. L.</t>
   </si>
@@ -1734,72 +1734,72 @@
       <c r="B51" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C51" s="3">
         <v>20490098799</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F51" s="3">
         <v>983680984</v>
       </c>
       <c r="G51" s="3"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C52" s="3">
-        <v>20602252028</v>
+        <v>20602252202</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F52" s="3">
         <v>970473872</v>
       </c>
       <c r="G52" s="3"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C53" s="3">
-        <v>20602252202</v>
+        <v>20602252028</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F53" s="3">
         <v>970473872</v>
       </c>
       <c r="G53" s="3"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C54" s="3">
         <v>10423578039</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>9</v>
       </c>