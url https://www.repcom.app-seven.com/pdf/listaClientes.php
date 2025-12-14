--- v0 (2025-10-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Clientes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="845">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="870">
   <si>
     <t>REPORTE DE CLIENTES REGISTRADOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>N° DOCUMENTO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
     <t>TELEFONO</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
@@ -80,50 +80,56 @@
   <si>
     <t>ABUHADBA BATALLANOS ROSSANA ISELDA</t>
   </si>
   <si>
     <t>ADRIAN TIMOTEO ARANDO LLERENA</t>
   </si>
   <si>
     <t>DNI</t>
   </si>
   <si>
     <t>AGUIRRE CAMACHO JORGE</t>
   </si>
   <si>
     <t>ALDO ANIBAL RAYA ROBLES</t>
   </si>
   <si>
     <t>09369835</t>
   </si>
   <si>
     <t>ALEJANDRO  PINEDA ROJAS</t>
   </si>
   <si>
     <t>ALFREDO  ÃAHUI CONTRERAS</t>
   </si>
   <si>
+    <t>ALPHAMINAS S.A.C.</t>
+  </si>
+  <si>
+    <t>CAL.HORACIO CACHAY DIAZ NRO. 125 INT. 202 URB.  SANTA CATALINA - LA VICTORIA - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>ALV INGENIEROS CONTRATISTAS GENERALES SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>MZA. B LOTE. 22 APV.  FRANCISCO MORALES BERMUDEZ - WANCHAQ - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>AMADOR PELEGRIN GUTIERREZ PALOMINO</t>
   </si>
   <si>
     <t>AMERICO  AZURIN CANDELA</t>
   </si>
   <si>
     <t>ANAES ANDREA GAMBOA ESTRADA</t>
   </si>
   <si>
     <t>ANALI  CONCHA HUAMANI</t>
   </si>
   <si>
     <t>ANDREA  LOAYZA DAMIAN</t>
   </si>
   <si>
     <t>ANDRES  FLORES MENESES</t>
   </si>
   <si>
     <t>08357800</t>
@@ -455,80 +461,98 @@
   <si>
     <t>08548421</t>
   </si>
   <si>
     <t>CONSORCIO COMERCIAL HURTADO SOCIEDAD ANONIMA</t>
   </si>
   <si>
     <t>NRO. SN MAUCACALLE  (COSTADO ESTADIO TAMBURCO GRANJA POLLOS) - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CONSORCIO DEL NORTE RPP</t>
   </si>
   <si>
     <t>MZA. 155A LOTE. 8 P.J.  VILLA POETA JOSE GALVEZ PARCELA B - VILLA MARIA DEL TRIUNFO - LIMA - LIMA</t>
   </si>
   <si>
     <t>CONSORCIO DRIGAL</t>
   </si>
   <si>
     <t>CONSORCIO JANDS SOCIEDA ANÃNIMA CERRADA</t>
   </si>
   <si>
     <t>CAL.VALLESITO EL OLIVO II ETAPA MZA. G LOTE. 13 URB.  VALLECITO EL OLIVO II ETAPA  (FAMILIA SAUÃE) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
+    <t>CONSORCIO VIAL MOLLINE</t>
+  </si>
+  <si>
+    <t>AV. BRILLA EL SOL NRO. 110 BELLAVISTA BAJA  (2CDRAS ALDEA INFANTIL) - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>CONSTRUCCION CIVIL</t>
   </si>
   <si>
     <t>CONSTRUCCION CIVIL ABANCAY</t>
   </si>
   <si>
     <t>CONSTRUCTORA E INVERSIONES OLIVARES S.A.C.</t>
   </si>
   <si>
     <t>AV. 15 DE ENERO NRO. 361 (1CRA ANTES DE ESSALUD,C2P,NARANJA) - ANDAHUAYLAS - ANDAHUAYLAS - APURIMAC</t>
   </si>
   <si>
+    <t>CONSTRUCTORA LAS CANTERAS S.A.C</t>
+  </si>
+  <si>
+    <t>JR. CUSCO NRO. 425 (1 CDRA ARRIBA CASA DE LA CULTURA) - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>CONSTRUCTORA ROMAAC S.A.C.</t>
   </si>
   <si>
     <t>MZA. Q LOTE. 3B INT. 501 SEC.  NUEVO SANTA ROSA - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
     <t>CONSULTORA Y CONSTRUCTORA PERÃ APU JK S.R.L</t>
   </si>
   <si>
     <t>AV. TUPAC AMARU NRO. 109 URB.  VICTOR ACOSTA RIOS - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CONSULTORES Y CONTRATISTAS HIDMAC SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>MZA. D-01 URB.  BELLAVISTA  (C4P GRIS COSTADO CENTR D SALUD) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
+    <t>CONSULTORÃA Y CONSTRUCTORA SIGAMA S.A.C.</t>
+  </si>
+  <si>
+    <t>AV. CHILE NRO. 103 URB.  JOSE MARIA ARGUEDAS - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>CONSULTORIA Y SUPERVISION INTEGRAL SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>----IV ETAPA  ZON-D MZA. 17 LOTE. 13 P.J.  MIGUEL GRAU  (3CDRAS ARRIBA DE COMISARIA CANINA) - PAUCARPATA - AREQUIPA - AREQUIPA</t>
   </si>
   <si>
     <t>CONTRATISTAS DE MANTENIMIENTO VIAL RURAL SAN MIGUEL S.A.C.</t>
   </si>
   <si>
     <t>JR. GRAU NRO. S/N (ESQ CON JR BOLOGNESI, SR ALEJANDR PALOMI) - HUANIPACA - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CONTRATISTAS GENERALES EL AMANECER S.R.L</t>
   </si>
   <si>
     <t>JR. CUSCO NRO. 425 DPTO. 102 (ESQUINA CN APURIMAC FAM PACHACAMAC MARIN) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CONTRATISTAS GENERALES JUNGLE WORL S.A.C.</t>
   </si>
   <si>
     <t>KM. 26.5 SUDADERO  (FRENTE A IGLESIA MARANATA) - LAS PIEDRAS - TAMBOPATA - MADRE DE DIOS</t>
   </si>
   <si>
     <t>CONTRATISTAS GENERALES LEONFIG SOCIEDAD ANONIMA CERRADA</t>
@@ -581,50 +605,53 @@
   <si>
     <t>CORPORACION TEURONELPER (R&amp;M) S.A.C.</t>
   </si>
   <si>
     <t>CAL.SANTA MARTHA MZA. J LOTE. 30 C.P.M. SAN MIGUEL  (UNA CUADRA ANTES DE PARQUE SAN MIGUEL) - JOSE LEONARDO ORTIZ - CHICLAYO - LAMBAYEQUE</t>
   </si>
   <si>
     <t>CORPORACION Z &amp; M EQUIPOS S.R.LTDA.</t>
   </si>
   <si>
     <t>JR. ATAHUALPA MZA. N LOTE. 12 URB.  PATIBAMBA ALTA  (FRENTE AL PARQUE IMPERIO) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>COVICSA INGENIEROS S.A.C.</t>
   </si>
   <si>
     <t>PJ. KENEDY NRO. SN (CT JRDIN STAROSA C2P MARFILVERD F SAVEDR) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CRISTHIAM  ALARCON HUAMAN</t>
   </si>
   <si>
     <t>CRISTHIAN NICOLAY TORRES PINARES</t>
   </si>
   <si>
+    <t>CRISTIAN  CORTEZ PAUCAR</t>
+  </si>
+  <si>
     <t>CRISTOBAL  CARBAJAL LOPEZ</t>
   </si>
   <si>
     <t>CRIVASA E.I.R.L.</t>
   </si>
   <si>
     <t>AV. SAN FELIPE NRO. 695 DPTO. 1301 - JESUS MARIA - LIMA - LIMA</t>
   </si>
   <si>
     <t>CRUZ ROMAN VICENTE</t>
   </si>
   <si>
     <t>CUATRO ESTACIONES S.A</t>
   </si>
   <si>
     <t>CAL.CALLE 01 NRO. S/N - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CUNA SANTA TERESA</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>JR. GONZALES PRADA NRO. 252 BAR.  ZARUMILLA - JULIACA - SAN ROMAN - PUNO</t>
@@ -1409,50 +1436,53 @@
   <si>
     <t>QUITASOL ABANCAY</t>
   </si>
   <si>
     <t>JASS POMACCOCHA PACHACHACA ALTA</t>
   </si>
   <si>
     <t>JASS SAYWITE SAN LUIS</t>
   </si>
   <si>
     <t>JAVIER  RUCOBA JIMENEZ</t>
   </si>
   <si>
     <t>JESUS CARLOS PALOMINO SEQUEIROS</t>
   </si>
   <si>
     <t>JESUS JORGE VALVERDE ESPINOZA</t>
   </si>
   <si>
     <t>JESUS MIGUEL CALDERON HUAMAN</t>
   </si>
   <si>
     <t>JESUS MIRANDA TORREZ</t>
   </si>
   <si>
+    <t>JHOEL LEO ESPINOZA HUANCA</t>
+  </si>
+  <si>
     <t>JIBAN D FIGUERA L</t>
   </si>
   <si>
     <t>JIM DAVID ROMAN HURTADO</t>
   </si>
   <si>
     <t>JOAO  MENDEZ ALTAMIRANO</t>
   </si>
   <si>
     <t>JOEL SALOMON DE LA CRUZ PINARES</t>
   </si>
   <si>
     <t>JONATHAN FIDEL ROLDAN RONDAN</t>
   </si>
   <si>
     <t>JORGE  ESPINOZA HUAMANÃAHUI</t>
   </si>
   <si>
     <t>JORGE ARTURO RIVERA MUÃOZ FALCONI</t>
   </si>
   <si>
     <t>JOSE  DOMINGUEZ PINEDA</t>
   </si>
   <si>
     <t>JOSE  SIERRA MEJIA</t>
@@ -1541,56 +1571,65 @@
   <si>
     <t>JULIO WILFREDO CONTRERAS PALOMINO</t>
   </si>
   <si>
     <t>07123289</t>
   </si>
   <si>
     <t>JURGEN JEREMY SERRANO SERRANO</t>
   </si>
   <si>
     <t>JUVENAL  SEGUNDO VARGAS</t>
   </si>
   <si>
     <t>KAPLA INVERSIONES Y CONSTRUCCIONES S.A.C.</t>
   </si>
   <si>
     <t>CAL.LOS SAUCES NRO. 281 DPTO. 502 URB.  JACARANDA - SAN BORJA - LIMA - LIMA</t>
   </si>
   <si>
     <t>KEVIN ARMANDO GUTIERREZ SOTO</t>
   </si>
   <si>
     <t>KREIMER ANDERSON BARAZORDA CERVANTES</t>
   </si>
   <si>
+    <t>LA GUERRERA EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
+  </si>
+  <si>
+    <t>AV. JUAN PABLO CASTRO NRO. 406 (1CDR PRQ PERIODIS,C5P BLANC VERDE) - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>LAB. VAROS E.I.R.L.</t>
   </si>
   <si>
     <t>CAL.LA VICTORIA MZA. B LOTE. 03 (ESQ. JR. NUÃES 2P LA DRILLO) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
+    <t>LAURA AMELIA CENTENO CALDERON</t>
+  </si>
+  <si>
     <t>LEADERS INGENIERIA Y CONSTRUCCION S.A.C.</t>
   </si>
   <si>
     <t>PJ. EL PINO MZA. A LOTE. 05 A.H.  SAN FRANCISCO DE ASIS  (ALT. CDRA 15 DE AV SAN MARTIN) - VILLA MARIA DEL TRIUNFO - LIMA - LIMA</t>
   </si>
   <si>
     <t>LEON FIGUEROA GLEISER</t>
   </si>
   <si>
     <t>LEON NAIVARES CARLOS</t>
   </si>
   <si>
     <t>LEONARDO  ESPINOZA AYMARA</t>
   </si>
   <si>
     <t>LEONEL  CAMPANA CÃRDENAS</t>
   </si>
   <si>
     <t>LEONIDAS  SILVA CCANRI</t>
   </si>
   <si>
     <t>LESLY PAMELA TEVES PALOMINO</t>
   </si>
   <si>
     <t>LIDA  TRUJILLO GOMEZ</t>
@@ -1637,50 +1676,53 @@
   <si>
     <t>MADERERA MUEBLERIA CHIPA S.R.L.</t>
   </si>
   <si>
     <t>AV. ALEMANIA FEDERAL MZA. L LOTE. 7 URB.  NACIONES UNIDAS  (FRENTE MECANICA MUN. SAN SEBASTIAN) - SAN SEBASTIAN - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>MAGNO  SUCSO CANDIA</t>
   </si>
   <si>
     <t>MANUEL  SILVERA VARGAS</t>
   </si>
   <si>
     <t>MANUFACTURAS SAN ISIDRO S.A.C.</t>
   </si>
   <si>
     <t>JR. AZANGARO NRO. 246 - LIMA - LIMA - LIMA</t>
   </si>
   <si>
     <t>MARCEL  MOREANO HURTADO</t>
   </si>
   <si>
     <t>06449972</t>
   </si>
   <si>
+    <t>MARCO  SALAS SUARES</t>
+  </si>
+  <si>
     <t>MARCO ANTONIO ESCALANTE ZAPATA</t>
   </si>
   <si>
     <t>MARIA  BARRIENTOS HUACHO</t>
   </si>
   <si>
     <t>MARIA  CHICLLA CHAVEZ</t>
   </si>
   <si>
     <t>MARIANO  CUIPA CONDE</t>
   </si>
   <si>
     <t>MARIANO CONCEPCION QUINTANA AVALOS</t>
   </si>
   <si>
     <t>MARIO  CCONISLLA HUILLCA</t>
   </si>
   <si>
     <t>MARIO  GOMEZ HANCCO</t>
   </si>
   <si>
     <t>MARIO  TELLO TEJADA</t>
   </si>
   <si>
     <t>MARIO GUILMER OROSCO ESCOBAR</t>
@@ -1769,50 +1811,56 @@
   <si>
     <t>MOBEL SPORT'S SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>AV. AVIACION KM. 7.5 - CERRO COLORADO - AREQUIPA - AREQUIPA</t>
   </si>
   <si>
     <t>MOISES  LAIME LOPEZ</t>
   </si>
   <si>
     <t>MOISES  POCCO HUAMANI</t>
   </si>
   <si>
     <t>MOISES ARMANDO QUIÃONES TRUJILLO</t>
   </si>
   <si>
     <t>MOSCOSO CARBAJAL HERACLIO LEANDRO</t>
   </si>
   <si>
     <t>MULTISERVICIOS ADELINE E.I.R.L</t>
   </si>
   <si>
     <t>AV. DANIEL ALCIDES CARRION NRO. 0 OTR.  AVENIDA DANIEL ALCIDES CARRION SN  (COSTADO DEL COLISEO CERRADO DE PUEBLO LI) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
+    <t>MULTISERVICIOS IMDESA SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
+  </si>
+  <si>
+    <t>AV. PANAMERICANA NRO. SN OTR.  AV. TAMBURCO - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>MULTISERVICIOS MONTAMINA SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>CAL.MARURI NRO. 265 INT. 305 (3ER PISO C.C IMASUMAQ OFICINA 305) - CUSCO - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>MUNICIPALIDAD DISTRITAL DE CHAPIMARCA</t>
   </si>
   <si>
     <t>----PZA DE ARMAS NRO. S/N (FRENTE A LA IGLESIA) - CHAPIMARCA - AYMARAES - APURIMAC</t>
   </si>
   <si>
     <t>MUNICIPALIDAD DISTRITAL DE PROGRESO</t>
   </si>
   <si>
     <t>AV. LA CULTURA NRO. S/N CERCADO  (2DA CUADRA) - PROGRESO - GRAU - APURIMAC</t>
   </si>
   <si>
     <t>MUNICIPALIDAD DISTRITAL HUANIPACA</t>
   </si>
   <si>
     <t>PZA.DE ARMAS NRO. S/N CERCADO  (FRENTE A LA PLAZA) - HUANIPACA - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>MUNICIPALIDAD PROVINCIAL ABANCAY</t>
@@ -1952,50 +2000,56 @@
   <si>
     <t>PEDRO  PANCORBO MONZON</t>
   </si>
   <si>
     <t>PEDRO MEZA</t>
   </si>
   <si>
     <t>PERCY  CALLE ZUNIGA</t>
   </si>
   <si>
     <t>PEREZ ATAHUA WILLIAN</t>
   </si>
   <si>
     <t>PEREZ PEREZ MARCIA JULIA</t>
   </si>
   <si>
     <t>PINTO CASAVERDE KELLY</t>
   </si>
   <si>
     <t>PIZARRO QUISPE MARGOTH</t>
   </si>
   <si>
     <t>PLACIDO  LIMA PERCCA</t>
   </si>
   <si>
+    <t>PLACODEP E.I.R.L</t>
+  </si>
+  <si>
+    <t>AV. LA RIOJA NRO. NO URB.  LIMAPATA-LAS AMERICAS  (ESCUELA LIMAPATA) - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>POLICLINICO SANTA MARIA S &amp; C S.A.C</t>
   </si>
   <si>
     <t>JR. MARISCAL GAMARRA NRO. 427 URB.  OVALO EL OLIVO  (427 - A) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>POLVOS AZUL</t>
   </si>
   <si>
     <t>AV DIAZ BARCENAS  NÂª 15</t>
   </si>
   <si>
     <t>PORTILLO CONTRERAS EMERSON PORFIRIO</t>
   </si>
   <si>
     <t>PRADA MENDOZA MARINO CLEVER</t>
   </si>
   <si>
     <t>PRIMITIVO JULIO CENTENO CHUMPISUCA</t>
   </si>
   <si>
     <t>PRIMO FELICIANO SUMIANO HUARACA</t>
   </si>
   <si>
     <t>PROALIGER S&amp;D S.R.L.</t>
@@ -2030,140 +2084,152 @@
   <si>
     <t>CAL.1 MZA. C2 LOTE. 1 A.H.  SEÃOR DE LUREN  (A MEDIA CUADRA DE INABIF NIÃO JESUSITO) - SAN JUAN DE LURIGANCHO - LIMA - LIMA</t>
   </si>
   <si>
     <t>PUESTO DE SALUD SAN MARTIN</t>
   </si>
   <si>
     <t>00000214</t>
   </si>
   <si>
     <t>SAN MARTIN ABANCAY APURIMAC</t>
   </si>
   <si>
     <t>00000000</t>
   </si>
   <si>
     <t>00046512</t>
   </si>
   <si>
     <t>PUESTO DE SALUD SANMARTIN</t>
   </si>
   <si>
     <t>00000125</t>
   </si>
   <si>
+    <t>PUESTO DE SALUD SOCCO</t>
+  </si>
+  <si>
     <t>PUGA ORDOÃEZ BRYAN BRUCE</t>
   </si>
   <si>
     <t>QUINTANA CALLA EDGAR</t>
   </si>
   <si>
     <t>QUINTANA CAMERO LIZ MIRIAM</t>
   </si>
   <si>
     <t>QUISPE ARCE FRANK JHOSEP</t>
   </si>
   <si>
     <t>QUISPE RAYME EDITH MARISOL</t>
   </si>
   <si>
     <t>QUISPE YUCRA RITA LOURDES</t>
   </si>
   <si>
     <t>RAFAEL  CRUZ MARTINEZ</t>
   </si>
   <si>
     <t>RAMIREZ BUSTAMANTE JUSTO WALDO</t>
   </si>
   <si>
     <t>-JR. JUNIN NÂª 209 - -</t>
   </si>
   <si>
     <t>RAMIRO  HUANCA PEREZ</t>
   </si>
   <si>
     <t>RAUL  QUISPE COAQUIRA</t>
   </si>
   <si>
+    <t>RED DE SALUD ABANCAY</t>
+  </si>
+  <si>
     <t>REINA DE LOS ANGUELES</t>
   </si>
   <si>
     <t>REPRESENTACIONES HNOS. ARONE SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>AV. SOANE NRO. 116 OTR.  OVALO OLIVO  (LOCAL DEL COLEGIO DE ABOGADOS) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>REPRESENTACIONES SADIMA EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>MZA. K LOTE. 4 URB.  SAN FRANCISCO  (PATIBAMBABAJA 2CDRS ABAJ PTA3 ESSALUD) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>REYNA  QUISPE MAYHUIRE</t>
   </si>
   <si>
     <t>RIBER  QUISPE ALEGRIA</t>
   </si>
   <si>
     <t>RICARDO  SANCHEZ DEL POZO</t>
   </si>
   <si>
     <t>RICHAR  SORIA VILLAFUERTE</t>
   </si>
   <si>
     <t>RICHARD  SIERRA MONZON</t>
   </si>
   <si>
     <t>RINCON PEREZ SIDO</t>
   </si>
   <si>
     <t>RIVAS LEGUIA AURELIO</t>
   </si>
   <si>
     <t>RIVERSA INGENIEROS SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>VIA.PANAMERICANA KM. 20 SEC.  PRIMAVERA  (A UN CUADRA DEL GRIFO PETROPERU CABILDO) - ANTA - ANTA - CUSCO</t>
   </si>
   <si>
     <t>ROCIO  CCASANI TORRES</t>
   </si>
   <si>
     <t>RODAS TORRES ARMANDO</t>
   </si>
   <si>
+    <t>RODOLFO  VIDAL MOSQUEIRA</t>
+  </si>
+  <si>
     <t>ROGAR INVERSIONES EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>AV. MAUCACALLE NRO. 268 (2CDRA ANTE DE 5TA SOL ESTRELLA Y ARENA) - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>ROMAN TELLO EDGAR</t>
   </si>
   <si>
+    <t>ROMULO  ANTONIO BERNUY</t>
+  </si>
+  <si>
     <t>RONALD  LEON MIRANDA</t>
   </si>
   <si>
     <t>ROSA  AYMA CACERES</t>
   </si>
   <si>
     <t>ROSMERY  PALOMINO CRUZ</t>
   </si>
   <si>
     <t>ROSMERY  PUMAPILLO CCORAHUA</t>
   </si>
   <si>
     <t>ROXANA  RODRIGUEZ PALOMINO</t>
   </si>
   <si>
     <t>RUBEN  GUTIERREZ MUÃOZ</t>
   </si>
   <si>
     <t>RUBEN  VERA RETAMOSO</t>
   </si>
   <si>
     <t>RUBEN DARIO SAUÃE MONTAÃO</t>
   </si>
   <si>
     <t>RUBEN DARIO VARGAS DURAND</t>
@@ -2180,92 +2246,95 @@
   <si>
     <t>SADAN ANTONY HUACHACA JURO</t>
   </si>
   <si>
     <t>SAENZ PEREZ CARMEN TERESA</t>
   </si>
   <si>
     <t>SAHEWA INGENIEROS E.I.R.L</t>
   </si>
   <si>
     <t>AV. 4 DE NOVIEMBRE KM. 1 MZA. C LOTE. 10 INT. 1 URB.  SAN JOSE I - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>SALAS HUAMAN LINO</t>
   </si>
   <si>
     <t>SALAZAR CAYLLAHUA EDWIN</t>
   </si>
   <si>
     <t>SAN ANDRES ABANCAY EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>AV. PRADO NRO. 2024 (MDIA CDRA DE EMUSAP) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
-    <t>SAN MARTIN</t>
-[...1 lines deleted...]
-  <si>
     <t>SANCHEZ TARAPAQUE BENANCIO</t>
   </si>
   <si>
     <t>SANCHEZ VALDERRAMA ELIA SARA</t>
   </si>
   <si>
     <t>SANTOS  GUILLEN NAVEDA</t>
   </si>
   <si>
     <t>08847013</t>
   </si>
   <si>
     <t>SARA MILAGROS CUELLAR LAUPA</t>
   </si>
   <si>
     <t>SARAVIA ECHEA ERICSON VICTOR</t>
   </si>
   <si>
     <t>SATURNINA SONIA PUMA TITO</t>
   </si>
   <si>
     <t>SAULO AUGUSTO VILLARROEL VERA</t>
   </si>
   <si>
     <t>SEGURO INTEGRAL DE SALUD</t>
   </si>
   <si>
     <t>AV. PASEO DE LA REPUBLICA NRO. 1645 URB.  BALCONCILLO  (ESTACION CANADA DEL METROPOLITANO) - LA VICTORIA - LIMA - LIMA</t>
   </si>
   <si>
     <t>SENTINES</t>
   </si>
   <si>
     <t>SERVIC NAC DE ADIESTRAM EN TRABAJ INDUST</t>
   </si>
   <si>
     <t>AV. ALFREDO MENDIOLA NRO. 3520 (CARR. PANAMERICANA NORTE KM. 15.2) - INDEPENDENCIA - LIMA - LIMA</t>
   </si>
   <si>
+    <t>SERVICIO NACIONAL DE CAPACITACION PARA LA INDUSTRIA DE LA CONSTRUCCION</t>
+  </si>
+  <si>
+    <t>AV. DE LA POESIA NRO. 351 (ALT. CDRA 15 DE LA AV CANADA) - SAN BORJA - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>SETELSAT CONSULTING SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>AV. SANTA CRUZ NRO. 480 (1CDR DE LA MECANICA QUISPE) - ANDAHUAYLAS - ANDAHUAYLAS - APURIMAC</t>
   </si>
   <si>
     <t>SIBALL S.R.LTDA.</t>
   </si>
   <si>
     <t>AV. ARENAS NRO. 163 (COST DE CAJA MUNICIPAL AREQUIPA Y CHIFA) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>SIERRA OLAZABAL KARINA</t>
   </si>
   <si>
     <t>SILVER LAKE S.A.C.</t>
   </si>
   <si>
     <t>JR. ALAMO NRO. 243 INT. 303 (OFICINA 303) - SANTIAGO DE SURCO - LIMA - LIMA</t>
   </si>
   <si>
     <t>SILVERA INFANZON JUAN</t>
   </si>
   <si>
     <t>SIMON  SUAREZ GUERRERO</t>
@@ -2304,50 +2373,56 @@
     <t>SOTELO DE LA PEÃA NELY PLACIDA</t>
   </si>
   <si>
     <t>- - CARRETERA PANAMERICANA ABANCAY CUSCO KILMTRO 7- - - - -</t>
   </si>
   <si>
     <t>SOTO LA SERNA PERALTA LUCY VIOLETA</t>
   </si>
   <si>
     <t>SOTOMAYOR CORAZAO MORAYMA</t>
   </si>
   <si>
     <t>SOUTHERN PERU COPPER CORPORATION, SUCURSAL DEL PERÃ</t>
   </si>
   <si>
     <t>AV. CAMINOS DEL INCA NRO. 171 URB.  CHACARILLA DEL ESTANQUE - SANTIAGO DE SURCO - LIMA - LIMA</t>
   </si>
   <si>
     <t>SSA INGENIEROS S.A.C.</t>
   </si>
   <si>
     <t>PJ. MONTEVIDEO MZA. D LOTE. 06 (ENTRE LA AV CANADA Y CHILE) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>SULLCA VELASQUEZ JOSE</t>
+  </si>
+  <si>
+    <t>SUPERINTENDENCIA DE TRANSPORTE TERRESTRE DE PERSONAS, CARGA Y MERCANCIAS</t>
+  </si>
+  <si>
+    <t>AV. GENERAL ALVAREZ DE ARENALES NRO. 452 URB.  SANTA BEATRIZ - JESUS MARIA - LIMA - LIMA</t>
   </si>
   <si>
     <t>TABLEROS KEPAL E.I.R.L</t>
   </si>
   <si>
     <t>JR. AREQUIPA NRO. 1236 - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>TAMBO GRANDE S.A.C</t>
   </si>
   <si>
     <t>AV. NESTOR PEÃA NRO. 399 (600M ABAJO ESCUELA PRIMARIA CDRA 3) - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>TASS QUITASOL</t>
   </si>
   <si>
     <t>QUITASL</t>
   </si>
   <si>
     <t>TELLO RODRIGUEZ LEOPOLDO</t>
   </si>
   <si>
     <t>TELLO RODRIGUEZ SAMUEL RUSELL</t>
   </si>
@@ -2943,54 +3018,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H609"/>
+  <dimension ref="A1:H625"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H609" sqref="H609"/>
+      <selection activeCell="H625" sqref="H625"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="100" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
@@ -3175,12607 +3250,12945 @@
       </c>
       <c r="B10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="3">
         <v>45043737</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="3">
-        <v>20490183630</v>
+        <v>20604622191</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="3">
-        <v>31008813</v>
+        <v>20490183630</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E12" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>25</v>
+      </c>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C13" s="3">
-        <v>31009661</v>
+        <v>31008813</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C14" s="3">
-        <v>72426251</v>
+        <v>31009661</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C15" s="3">
-        <v>44798560</v>
+        <v>72426251</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C16" s="3">
-        <v>31039486</v>
+        <v>44798560</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C17" s="3" t="s">
         <v>30</v>
+      </c>
+      <c r="C17" s="3">
+        <v>31039486</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="C18" s="3">
-        <v>31015078</v>
+      <c r="C18" s="3" t="s">
+        <v>32</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C19" s="3">
-        <v>71772901</v>
+        <v>31015078</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C20" s="3">
-        <v>80608938</v>
+        <v>71772901</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C21" s="3">
-        <v>31033438</v>
+        <v>80608938</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C22" s="3">
-        <v>31551603</v>
+        <v>31033438</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C23" s="3">
-        <v>31124189</v>
+        <v>31551603</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C24" s="3">
-        <v>31022798</v>
+        <v>31124189</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C25" s="3" t="s">
         <v>39</v>
+      </c>
+      <c r="C25" s="3">
+        <v>31022798</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="C26" s="3">
-        <v>10448419164</v>
+      <c r="C26" s="3" t="s">
+        <v>41</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C27" s="3">
-        <v>10479610946</v>
+        <v>10448419164</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C28" s="3">
-        <v>20610387668</v>
+        <v>10479610946</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C29" s="3">
-        <v>20613553062</v>
+        <v>20610387668</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C30" s="3">
-        <v>20554332677</v>
+        <v>20613553062</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="3">
-        <v>20490907140</v>
+        <v>20554332677</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="3">
-        <v>20600357540</v>
+        <v>20490907140</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="3">
-        <v>20602382622</v>
+        <v>20600357540</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="3">
-        <v>20526901615</v>
+        <v>20602382622</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="3">
-        <v>20490517431</v>
+        <v>20526901615</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="3">
-        <v>20490736400</v>
+        <v>20490517431</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="3">
-        <v>20611401192</v>
+        <v>20490736400</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="3">
-        <v>20611080736</v>
+        <v>20611401192</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="3">
-        <v>78151020</v>
+        <v>20611080736</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E39" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>65</v>
+      </c>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C40" s="3">
-        <v>20202020</v>
+        <v>78151020</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="3">
-        <v>20503808405</v>
+        <v>20202020</v>
       </c>
       <c r="D41" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>68</v>
       </c>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C42" s="3">
-        <v>15234122</v>
+        <v>20503808405</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E42" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>70</v>
+      </c>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C43" s="3">
-        <v>10311241899</v>
+        <v>15234122</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C44" s="3">
-        <v>20603205970</v>
+        <v>10311241899</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C45" s="3">
-        <v>20520711865</v>
+        <v>20603205970</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C46" s="3">
-        <v>10407577782</v>
+        <v>20520711865</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C47" s="3">
-        <v>20601086752</v>
+        <v>10407577782</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C48" s="3">
-        <v>10416214731</v>
+        <v>20601086752</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C49" s="3">
-        <v>10098566576</v>
+        <v>10416214731</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C50" s="3">
-        <v>31022876</v>
+        <v>10098566576</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E50" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C51" s="3">
-        <v>10060009835</v>
+        <v>31022876</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C52" s="3">
-        <v>20601277272</v>
+        <v>10060009835</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>83</v>
+        <v>13</v>
       </c>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C53" s="3">
-        <v>20603956924</v>
+        <v>20601277272</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C54" s="3">
-        <v>31001569</v>
+        <v>20603956924</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E54" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>87</v>
+      </c>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C55" s="3">
-        <v>20548074810</v>
+        <v>31001569</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C56" s="3">
-        <v>45668239</v>
+        <v>20548074810</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E56" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>90</v>
+      </c>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C57" s="3">
-        <v>20433270461</v>
+        <v>45668239</v>
       </c>
       <c r="D57" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C58" s="3">
-        <v>10310450290</v>
+        <v>20433270461</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C59" s="3">
-        <v>31024262</v>
+        <v>10310450290</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E59" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C60" s="3">
-        <v>20114839176</v>
+        <v>31024262</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E60" s="3"/>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
       <c r="H60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C61" s="3">
-        <v>10437930690</v>
+        <v>20114839176</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C62" s="3">
-        <v>10249994702</v>
+        <v>10437930690</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
       <c r="H62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C63" s="3">
-        <v>10474897473</v>
+        <v>10249994702</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C64" s="3">
-        <v>41446610</v>
+        <v>10474897473</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E64" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
       <c r="H64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C65" s="3">
-        <v>70930053</v>
+        <v>41446610</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C66" s="3">
-        <v>25087810</v>
+        <v>70930053</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C67" s="3">
-        <v>31011282</v>
+        <v>25087810</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C68" s="3">
-        <v>20610766588</v>
+        <v>31011282</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C69" s="3">
-        <v>10437692195</v>
+        <v>20610766588</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C70" s="3">
-        <v>10429703684</v>
+        <v>10437692195</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3"/>
       <c r="G70" s="3"/>
       <c r="H70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C71" s="3">
-        <v>10413954113</v>
+        <v>10429703684</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C72" s="3">
-        <v>10461363143</v>
+        <v>10413954113</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C73" s="3">
-        <v>10310108630</v>
+        <v>10461363143</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C74" s="3">
-        <v>10476279823</v>
+        <v>10310108630</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C75" s="3">
-        <v>20607978914</v>
+        <v>10476279823</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C76" s="3">
-        <v>95163143</v>
+        <v>20607978914</v>
       </c>
       <c r="D76" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C77" s="3">
-        <v>23990134</v>
+        <v>95163143</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E77" s="3"/>
+      <c r="E77" s="3" t="s">
+        <v>116</v>
+      </c>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C78" s="3">
-        <v>20609420333</v>
+        <v>23990134</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E78" s="3"/>
       <c r="F78" s="3"/>
       <c r="G78" s="3"/>
       <c r="H78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C79" s="3">
-        <v>10310150636</v>
+        <v>20609420333</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C80" s="3">
-        <v>20600977661</v>
+        <v>10310150636</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>120</v>
+        <v>13</v>
       </c>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C81" s="3">
-        <v>31038519</v>
+        <v>20600977661</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E81" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>122</v>
+      </c>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C82" s="3">
-        <v>80154827</v>
+        <v>31038519</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E82" s="3"/>
       <c r="F82" s="3"/>
       <c r="G82" s="3"/>
       <c r="H82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C83" s="3">
-        <v>45321084</v>
+        <v>80154827</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C84" s="3">
-        <v>20601437300</v>
+        <v>45321084</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E84" s="3"/>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C85" s="3">
-        <v>25424315</v>
+        <v>20601437300</v>
       </c>
       <c r="D85" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E85" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>127</v>
+      </c>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C86" s="3">
-        <v>70779393</v>
+        <v>25424315</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E86" s="3"/>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C87" s="3">
-        <v>45646451</v>
+        <v>70779393</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E87" s="3"/>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
       <c r="H87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C88" s="3">
-        <v>20203344</v>
+        <v>45646451</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C89" s="3">
-        <v>20603416415</v>
+        <v>20203344</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C90" s="3">
-        <v>31033330</v>
+        <v>20603416415</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E90" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>133</v>
+      </c>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C91" s="3">
-        <v>20491097338</v>
+        <v>31033330</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C92" s="3">
-        <v>20490467158</v>
+        <v>20491097338</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>136</v>
       </c>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C93" s="3">
-        <v>10489365869</v>
+        <v>20490467158</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>13</v>
+        <v>138</v>
       </c>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="C94" s="3" t="s">
         <v>139</v>
       </c>
+      <c r="C94" s="3">
+        <v>10489365869</v>
+      </c>
       <c r="D94" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E94" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
       <c r="H94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="C95" s="3">
-        <v>20450532372</v>
+      <c r="C95" s="3" t="s">
+        <v>141</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E95" s="3"/>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
       <c r="H95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C96" s="3">
-        <v>20613622081</v>
+        <v>20450532372</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>143</v>
       </c>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C97" s="3">
-        <v>31031100</v>
+        <v>20613622081</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E97" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>145</v>
+      </c>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C98" s="3">
-        <v>20601911184</v>
+        <v>31031100</v>
       </c>
       <c r="D98" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E98" s="3"/>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
       <c r="H98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C99" s="3">
-        <v>44425144</v>
+        <v>20601911184</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E99" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>148</v>
+      </c>
       <c r="F99" s="3"/>
       <c r="G99" s="3"/>
       <c r="H99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C100" s="3">
-        <v>21405444</v>
+        <v>20614750961</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E100" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>150</v>
+      </c>
       <c r="F100" s="3"/>
       <c r="G100" s="3"/>
       <c r="H100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C101" s="3">
-        <v>20600962796</v>
+        <v>44425144</v>
       </c>
       <c r="D101" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C102" s="3">
-        <v>20609171376</v>
+        <v>21405444</v>
       </c>
       <c r="D102" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E102" s="3"/>
       <c r="F102" s="3"/>
       <c r="G102" s="3"/>
       <c r="H102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C103" s="3">
-        <v>20610578536</v>
+        <v>20600962796</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>154</v>
       </c>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C104" s="3">
-        <v>20603980540</v>
+        <v>20609648610</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>156</v>
       </c>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C105" s="3">
-        <v>20601720486</v>
+        <v>20609171376</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>158</v>
       </c>
       <c r="F105" s="3"/>
       <c r="G105" s="3"/>
       <c r="H105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C106" s="3">
-        <v>20528078088</v>
+        <v>20610578536</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>160</v>
       </c>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C107" s="3">
-        <v>20408319081</v>
+        <v>20603980540</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>162</v>
       </c>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C108" s="3">
-        <v>20610328955</v>
+        <v>20609428342</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>164</v>
       </c>
       <c r="F108" s="3"/>
       <c r="G108" s="3"/>
       <c r="H108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C109" s="3">
-        <v>20605878696</v>
+        <v>20601720486</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>166</v>
       </c>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C110" s="3">
-        <v>20490325957</v>
+        <v>20528078088</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>168</v>
       </c>
       <c r="F110" s="3"/>
       <c r="G110" s="3"/>
       <c r="H110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C111" s="3">
-        <v>20607933376</v>
+        <v>20408319081</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>170</v>
       </c>
       <c r="F111" s="3"/>
       <c r="G111" s="3"/>
       <c r="H111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C112" s="3">
-        <v>20490864661</v>
+        <v>20610328955</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F112" s="3"/>
       <c r="G112" s="3"/>
       <c r="H112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C113" s="3">
-        <v>20526918429</v>
+        <v>20605878696</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>174</v>
       </c>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
       <c r="H113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C114" s="3">
-        <v>20609980487</v>
+        <v>20490325957</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>176</v>
       </c>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
       <c r="H114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C115" s="3">
-        <v>20611547448</v>
+        <v>20607933376</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
       <c r="H115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C116" s="3">
-        <v>20611136863</v>
+        <v>20490864661</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C117" s="3">
-        <v>20488052722</v>
+        <v>20526918429</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>182</v>
       </c>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
       <c r="H117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C118" s="3">
-        <v>20491001675</v>
+        <v>20609980487</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>184</v>
       </c>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C119" s="3">
-        <v>20602073271</v>
+        <v>20611547448</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>186</v>
       </c>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C120" s="3">
-        <v>71810862</v>
+        <v>20611136863</v>
       </c>
       <c r="D120" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E120" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>188</v>
+      </c>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
       <c r="H120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C121" s="3">
-        <v>72223584</v>
+        <v>20488052722</v>
       </c>
       <c r="D121" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E121" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>190</v>
+      </c>
       <c r="F121" s="3"/>
       <c r="G121" s="3"/>
       <c r="H121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C122" s="3">
-        <v>31043433</v>
+        <v>20491001675</v>
       </c>
       <c r="D122" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E122" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>192</v>
+      </c>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
       <c r="H122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C123" s="3">
-        <v>20527412031</v>
+        <v>20602073271</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
       <c r="H123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C124" s="3">
-        <v>10310206721</v>
+        <v>71810862</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E124" s="3"/>
       <c r="F124" s="3"/>
       <c r="G124" s="3"/>
       <c r="H124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C125" s="3">
-        <v>20609109531</v>
+        <v>72223584</v>
       </c>
       <c r="D125" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C126" s="3">
-        <v>77065856</v>
+        <v>47876473</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E126" s="3"/>
       <c r="F126" s="3"/>
       <c r="G126" s="3"/>
       <c r="H126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C127" s="3">
-        <v>20611516151</v>
+        <v>31043433</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E127" s="3"/>
       <c r="F127" s="3"/>
       <c r="G127" s="3"/>
       <c r="H127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C128" s="3">
-        <v>20523196848</v>
+        <v>20527412031</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F128" s="3"/>
       <c r="G128" s="3"/>
       <c r="H128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C129" s="3">
-        <v>31032346</v>
+        <v>10310206721</v>
       </c>
       <c r="D129" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E129" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F129" s="3"/>
       <c r="G129" s="3"/>
       <c r="H129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C130" s="3">
-        <v>43761438</v>
+        <v>20609109531</v>
       </c>
       <c r="D130" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E130" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>203</v>
+      </c>
       <c r="F130" s="3"/>
       <c r="G130" s="3"/>
       <c r="H130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C131" s="3">
-        <v>31004940</v>
+        <v>77065856</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C132" s="3">
-        <v>70792830</v>
+        <v>20611516151</v>
       </c>
       <c r="D132" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E132" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>206</v>
+      </c>
       <c r="F132" s="3"/>
       <c r="G132" s="3"/>
       <c r="H132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C133" s="3">
-        <v>31004911</v>
+        <v>20523196848</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E133" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>208</v>
+      </c>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C134" s="3">
-        <v>42250757</v>
+        <v>31032346</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E134" s="3"/>
       <c r="F134" s="3"/>
       <c r="G134" s="3"/>
       <c r="H134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C135" s="3">
-        <v>41031123</v>
+        <v>43761438</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E135" s="3"/>
       <c r="F135" s="3"/>
       <c r="G135" s="3"/>
       <c r="H135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C136" s="3">
-        <v>42344393</v>
+        <v>31004940</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E136" s="3"/>
       <c r="F136" s="3"/>
       <c r="G136" s="3"/>
       <c r="H136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C137" s="3">
-        <v>20509675491</v>
+        <v>70792830</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E137" s="3"/>
       <c r="F137" s="3"/>
       <c r="G137" s="3"/>
       <c r="H137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C138" s="3">
-        <v>70060300</v>
+        <v>31004911</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>214</v>
+      </c>
+      <c r="C139" s="3">
+        <v>42250757</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E139" s="3"/>
       <c r="F139" s="3"/>
       <c r="G139" s="3"/>
       <c r="H139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>215</v>
+      </c>
+      <c r="C140" s="3">
+        <v>41031123</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E140" s="3"/>
       <c r="F140" s="3"/>
       <c r="G140" s="3"/>
       <c r="H140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C141" s="3">
-        <v>20365993671</v>
+        <v>42344393</v>
       </c>
       <c r="D141" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E141" s="3"/>
       <c r="F141" s="3"/>
       <c r="G141" s="3"/>
       <c r="H141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C142" s="3">
-        <v>31025402</v>
+        <v>20509675491</v>
       </c>
       <c r="D142" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E142" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>218</v>
+      </c>
       <c r="F142" s="3"/>
       <c r="G142" s="3"/>
       <c r="H142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C143" s="3">
-        <v>25698742</v>
+        <v>70060300</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E143" s="3"/>
       <c r="F143" s="3"/>
       <c r="G143" s="3"/>
       <c r="H143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>20564394476</v>
+        <v>220</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>221</v>
       </c>
       <c r="D144" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>20611657723</v>
+        <v>222</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>223</v>
       </c>
       <c r="D145" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E145" s="3"/>
       <c r="F145" s="3"/>
       <c r="G145" s="3"/>
       <c r="H145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C146" s="3">
-        <v>20527159114</v>
+        <v>20365993671</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F146" s="3"/>
       <c r="G146" s="3"/>
       <c r="H146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C147" s="3">
-        <v>31023068</v>
+        <v>31025402</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E147" s="3"/>
       <c r="F147" s="3"/>
       <c r="G147" s="3"/>
       <c r="H147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C148" s="3">
-        <v>31042466</v>
+        <v>25698742</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E148" s="3"/>
       <c r="F148" s="3"/>
       <c r="G148" s="3"/>
       <c r="H148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C149" s="3">
-        <v>40511244</v>
+        <v>20564394476</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E149" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>229</v>
+      </c>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C150" s="3">
-        <v>20506988153</v>
+        <v>20611657723</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F150" s="3"/>
       <c r="G150" s="3"/>
       <c r="H150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C151" s="3">
-        <v>10310131879</v>
+        <v>20527159114</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>13</v>
+        <v>233</v>
       </c>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C152" s="3">
-        <v>70803679</v>
+        <v>31023068</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E152" s="3"/>
       <c r="F152" s="3"/>
       <c r="G152" s="3"/>
       <c r="H152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C153" s="3">
-        <v>20405574</v>
+        <v>31042466</v>
       </c>
       <c r="D153" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E153" s="3"/>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
       <c r="H153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C154" s="3">
-        <v>42856362</v>
+        <v>40511244</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E154" s="3"/>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
       <c r="H154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C155" s="3">
-        <v>31011201</v>
+        <v>20506988153</v>
       </c>
       <c r="D155" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E155" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>238</v>
+      </c>
       <c r="F155" s="3"/>
       <c r="G155" s="3"/>
       <c r="H155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C156" s="3">
-        <v>45462036</v>
+        <v>10310131879</v>
       </c>
       <c r="D156" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E156" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
       <c r="H156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C157" s="3">
-        <v>43809213</v>
+        <v>70803679</v>
       </c>
       <c r="D157" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E157" s="3"/>
       <c r="F157" s="3"/>
       <c r="G157" s="3"/>
       <c r="H157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C158" s="3">
-        <v>10812533</v>
+        <v>20405574</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E158" s="3"/>
+      <c r="E158" s="3" t="s">
+        <v>242</v>
+      </c>
       <c r="F158" s="3"/>
       <c r="G158" s="3"/>
       <c r="H158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C159" s="3">
-        <v>20177892280</v>
+        <v>42856362</v>
       </c>
       <c r="D159" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E159" s="3"/>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C160" s="3">
-        <v>20116544289</v>
+        <v>31011201</v>
       </c>
       <c r="D160" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E160" s="3"/>
       <c r="F160" s="3"/>
       <c r="G160" s="3"/>
       <c r="H160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C161" s="3">
-        <v>23919112</v>
+        <v>45462036</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E161" s="3"/>
       <c r="F161" s="3"/>
       <c r="G161" s="3"/>
       <c r="H161" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C162" s="3">
-        <v>31302058</v>
+        <v>43809213</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E162" s="3"/>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C163" s="3">
-        <v>41375550</v>
+        <v>10812533</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C164" s="3">
-        <v>42999970</v>
+        <v>20177892280</v>
       </c>
       <c r="D164" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E164" s="3"/>
       <c r="F164" s="3"/>
       <c r="G164" s="3"/>
       <c r="H164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>249</v>
+      </c>
+      <c r="C165" s="3">
+        <v>20116544289</v>
       </c>
       <c r="D165" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E165" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>250</v>
+      </c>
       <c r="F165" s="3"/>
       <c r="G165" s="3"/>
       <c r="H165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>251</v>
+      </c>
+      <c r="C166" s="3">
+        <v>23919112</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E166" s="3"/>
       <c r="F166" s="3"/>
       <c r="G166" s="3"/>
       <c r="H166" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C167" s="3">
-        <v>20604124647</v>
+        <v>31302058</v>
       </c>
       <c r="D167" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E167" s="3"/>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C168" s="3">
-        <v>20539758951</v>
+        <v>41375550</v>
       </c>
       <c r="D168" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E168" s="3"/>
       <c r="F168" s="3"/>
       <c r="G168" s="3"/>
       <c r="H168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C169" s="3">
-        <v>20601210097</v>
+        <v>42999970</v>
       </c>
       <c r="D169" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E169" s="3"/>
       <c r="F169" s="3"/>
       <c r="G169" s="3"/>
       <c r="H169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="C170" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="C170" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D170" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E170" s="3"/>
       <c r="F170" s="3"/>
       <c r="G170" s="3"/>
       <c r="H170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="C171" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="C171" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D171" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E171" s="3"/>
       <c r="F171" s="3"/>
       <c r="G171" s="3"/>
       <c r="H171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="C172" s="3">
+        <v>20604124647</v>
+      </c>
+      <c r="D172" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>260</v>
-      </c>
-[...7 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F172" s="3"/>
       <c r="G172" s="3"/>
       <c r="H172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="C173" s="3">
+        <v>20539758951</v>
+      </c>
+      <c r="D173" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="C173" s="3">
-[...5 lines deleted...]
-      <c r="E173" s="3"/>
       <c r="F173" s="3"/>
       <c r="G173" s="3"/>
       <c r="H173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C174" s="3">
-        <v>20115425651</v>
+        <v>20601210097</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>264</v>
       </c>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
       <c r="H174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C175" s="3">
-        <v>20563859246</v>
+        <v>20527022917</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>266</v>
       </c>
       <c r="F175" s="3"/>
       <c r="G175" s="3"/>
       <c r="H175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C176" s="3">
-        <v>10427921668</v>
+        <v>20563896010</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>13</v>
+        <v>268</v>
       </c>
       <c r="F176" s="3"/>
       <c r="G176" s="3"/>
       <c r="H176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C177" s="3">
-        <v>10466693354</v>
+        <v>20614440393</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>13</v>
+        <v>270</v>
       </c>
       <c r="F177" s="3"/>
       <c r="G177" s="3"/>
       <c r="H177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C178" s="3">
-        <v>20450700771</v>
+        <v>31016522</v>
       </c>
       <c r="D178" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E178" s="3"/>
       <c r="F178" s="3"/>
       <c r="G178" s="3"/>
       <c r="H178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="C179" s="3" t="s">
         <v>272</v>
       </c>
+      <c r="C179" s="3">
+        <v>20115425651</v>
+      </c>
       <c r="D179" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E179" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>273</v>
+      </c>
       <c r="F179" s="3"/>
       <c r="G179" s="3"/>
       <c r="H179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C180" s="3">
-        <v>10100584030</v>
+        <v>20563859246</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>13</v>
+        <v>275</v>
       </c>
       <c r="F180" s="3"/>
       <c r="G180" s="3"/>
       <c r="H180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C181" s="3">
-        <v>20612009709</v>
+        <v>10427921668</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>275</v>
+        <v>13</v>
       </c>
       <c r="F181" s="3"/>
       <c r="G181" s="3"/>
       <c r="H181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C182" s="3">
-        <v>31037002</v>
+        <v>10466693354</v>
       </c>
       <c r="D182" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E182" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F182" s="3"/>
       <c r="G182" s="3"/>
       <c r="H182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C183" s="3">
-        <v>10310206801</v>
+        <v>20450700771</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>13</v>
+        <v>279</v>
       </c>
       <c r="F183" s="3"/>
       <c r="G183" s="3"/>
       <c r="H183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-        <v>77213998</v>
+        <v>280</v>
+      </c>
+      <c r="C184" s="3" t="s">
+        <v>281</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E184" s="3"/>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
       <c r="H184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C185" s="3">
-        <v>31015102</v>
+        <v>10100584030</v>
       </c>
       <c r="D185" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E185" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F185" s="3"/>
       <c r="G185" s="3"/>
       <c r="H185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>283</v>
+      </c>
+      <c r="C186" s="3">
+        <v>20612009709</v>
       </c>
       <c r="D186" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E186" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>284</v>
+      </c>
       <c r="F186" s="3"/>
       <c r="G186" s="3"/>
       <c r="H186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C187" s="3">
-        <v>31026377</v>
+        <v>31037002</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E187" s="3"/>
       <c r="F187" s="3"/>
       <c r="G187" s="3"/>
       <c r="H187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C188" s="3">
-        <v>31020300</v>
+        <v>10310206801</v>
       </c>
       <c r="D188" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E188" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
       <c r="H188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C189" s="3">
-        <v>20563945169</v>
+        <v>77213998</v>
       </c>
       <c r="D189" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E189" s="3"/>
       <c r="F189" s="3"/>
       <c r="G189" s="3"/>
       <c r="H189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C190" s="3">
-        <v>20609263131</v>
+        <v>31015102</v>
       </c>
       <c r="D190" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E190" s="3"/>
       <c r="F190" s="3"/>
       <c r="G190" s="3"/>
       <c r="H190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>20609300834</v>
+        <v>289</v>
+      </c>
+      <c r="C191" s="3" t="s">
+        <v>290</v>
       </c>
       <c r="D191" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E191" s="3"/>
       <c r="F191" s="3"/>
       <c r="G191" s="3"/>
       <c r="H191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C192" s="3">
-        <v>20490400088</v>
+        <v>31026377</v>
       </c>
       <c r="D192" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E192" s="3"/>
       <c r="F192" s="3"/>
       <c r="G192" s="3"/>
       <c r="H192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C193" s="3">
-        <v>31011717</v>
+        <v>31020300</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C194" s="3">
-        <v>45933898</v>
+        <v>20563945169</v>
       </c>
       <c r="D194" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E194" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>294</v>
+      </c>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
       <c r="H194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C195" s="3">
-        <v>31036717</v>
+        <v>20609263131</v>
       </c>
       <c r="D195" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E195" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>296</v>
+      </c>
       <c r="F195" s="3"/>
       <c r="G195" s="3"/>
       <c r="H195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C196" s="3">
-        <v>31006064</v>
+        <v>20609300834</v>
       </c>
       <c r="D196" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E196" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>298</v>
+      </c>
       <c r="F196" s="3"/>
       <c r="G196" s="3"/>
       <c r="H196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C197" s="3">
-        <v>10310382766</v>
+        <v>20490400088</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="F197" s="3"/>
       <c r="G197" s="3"/>
       <c r="H197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C198" s="3">
-        <v>73546262</v>
+        <v>31011717</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E198" s="3"/>
       <c r="F198" s="3"/>
       <c r="G198" s="3"/>
       <c r="H198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C199" s="3">
-        <v>10310202881</v>
+        <v>45933898</v>
       </c>
       <c r="D199" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E199" s="3"/>
       <c r="F199" s="3"/>
       <c r="G199" s="3"/>
       <c r="H199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C200" s="3">
-        <v>10310442424</v>
+        <v>31036717</v>
       </c>
       <c r="D200" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E200" s="3"/>
       <c r="F200" s="3"/>
       <c r="G200" s="3"/>
       <c r="H200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C201" s="3">
-        <v>20570606035</v>
+        <v>31006064</v>
       </c>
       <c r="D201" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E201" s="3"/>
       <c r="F201" s="3"/>
       <c r="G201" s="3"/>
       <c r="H201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C202" s="3">
-        <v>20601520398</v>
+        <v>10310382766</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>303</v>
+        <v>13</v>
       </c>
       <c r="F202" s="3"/>
       <c r="G202" s="3"/>
       <c r="H202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C203" s="3">
-        <v>20602413544</v>
+        <v>73546262</v>
       </c>
       <c r="D203" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E203" s="3"/>
       <c r="F203" s="3"/>
       <c r="G203" s="3"/>
       <c r="H203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C204" s="3">
-        <v>20601312361</v>
+        <v>10310202881</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>307</v>
+        <v>13</v>
       </c>
       <c r="F204" s="3"/>
       <c r="G204" s="3"/>
       <c r="H204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C205" s="3">
-        <v>41350764</v>
+        <v>10310442424</v>
       </c>
       <c r="D205" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E205" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F205" s="3"/>
       <c r="G205" s="3"/>
       <c r="H205" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C206" s="3">
-        <v>21356483</v>
+        <v>20570606035</v>
       </c>
       <c r="D206" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E206" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>310</v>
+      </c>
       <c r="F206" s="3"/>
       <c r="G206" s="3"/>
       <c r="H206" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C207" s="3">
-        <v>31006243</v>
+        <v>20601520398</v>
       </c>
       <c r="D207" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E207" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>312</v>
+      </c>
       <c r="F207" s="3"/>
       <c r="G207" s="3"/>
       <c r="H207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C208" s="3">
-        <v>31031209</v>
+        <v>20602413544</v>
       </c>
       <c r="D208" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E208" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>314</v>
+      </c>
       <c r="F208" s="3"/>
       <c r="G208" s="3"/>
       <c r="H208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C209" s="3">
-        <v>35327711</v>
+        <v>20601312361</v>
       </c>
       <c r="D209" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E209" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>316</v>
+      </c>
       <c r="F209" s="3"/>
       <c r="G209" s="3"/>
       <c r="H209" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C210" s="3">
-        <v>31537233</v>
+        <v>41350764</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E210" s="3"/>
       <c r="F210" s="3"/>
       <c r="G210" s="3"/>
       <c r="H210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C211" s="3">
-        <v>20600618025</v>
+        <v>21356483</v>
       </c>
       <c r="D211" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E211" s="3"/>
       <c r="F211" s="3"/>
       <c r="G211" s="3"/>
       <c r="H211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C212" s="3">
-        <v>70096767</v>
+        <v>31006243</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E212" s="3"/>
       <c r="F212" s="3"/>
       <c r="G212" s="3"/>
       <c r="H212" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C213" s="3">
-        <v>20527141762</v>
+        <v>31031209</v>
       </c>
       <c r="D213" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E213" s="3"/>
       <c r="F213" s="3"/>
       <c r="G213" s="3"/>
       <c r="H213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C214" s="3">
-        <v>10313019930</v>
+        <v>35327711</v>
       </c>
       <c r="D214" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E214" s="3"/>
       <c r="F214" s="3"/>
       <c r="G214" s="3"/>
       <c r="H214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C215" s="3">
-        <v>10459068339</v>
+        <v>31537233</v>
       </c>
       <c r="D215" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E215" s="3"/>
       <c r="F215" s="3"/>
       <c r="G215" s="3"/>
       <c r="H215" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C216" s="3">
-        <v>20610136827</v>
+        <v>20600618025</v>
       </c>
       <c r="D216" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="F216" s="3"/>
       <c r="G216" s="3"/>
       <c r="H216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C217" s="3">
-        <v>20607557731</v>
+        <v>70096767</v>
       </c>
       <c r="D217" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E217" s="3"/>
       <c r="F217" s="3"/>
       <c r="G217" s="3"/>
       <c r="H217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C218" s="3">
-        <v>31014649</v>
+        <v>20527141762</v>
       </c>
       <c r="D218" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E218" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>327</v>
+      </c>
       <c r="F218" s="3"/>
       <c r="G218" s="3"/>
       <c r="H218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C219" s="3">
-        <v>73333733</v>
+        <v>10313019930</v>
       </c>
       <c r="D219" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E219" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F219" s="3"/>
       <c r="G219" s="3"/>
       <c r="H219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C220" s="3">
-        <v>20608920391</v>
+        <v>10459068339</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>328</v>
+        <v>13</v>
       </c>
       <c r="F220" s="3"/>
       <c r="G220" s="3"/>
       <c r="H220" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C221" s="3">
-        <v>20461112227</v>
+        <v>20610136827</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F221" s="3"/>
       <c r="G221" s="3"/>
       <c r="H221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C222" s="3">
-        <v>20609247364</v>
+        <v>20607557731</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F222" s="3"/>
       <c r="G222" s="3"/>
       <c r="H222" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C223" s="3">
-        <v>20607919365</v>
+        <v>31014649</v>
       </c>
       <c r="D223" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E223" s="3"/>
       <c r="F223" s="3"/>
       <c r="G223" s="3"/>
       <c r="H223" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C224" s="3">
-        <v>20607993476</v>
+        <v>73333733</v>
       </c>
       <c r="D224" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E224" s="3"/>
       <c r="F224" s="3"/>
       <c r="G224" s="3"/>
       <c r="H224" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="C225" s="3">
+        <v>20608920391</v>
+      </c>
+      <c r="D225" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>337</v>
-      </c>
-[...7 lines deleted...]
-        <v>338</v>
       </c>
       <c r="F225" s="3"/>
       <c r="G225" s="3"/>
       <c r="H225" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="C226" s="3">
+        <v>20461112227</v>
+      </c>
+      <c r="D226" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="C226" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E226" s="3"/>
       <c r="F226" s="3"/>
       <c r="G226" s="3"/>
       <c r="H226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="C227" s="3">
+        <v>20609247364</v>
+      </c>
+      <c r="D227" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>341</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F227" s="3"/>
       <c r="G227" s="3"/>
       <c r="H227" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C228" s="3">
-        <v>20601028175</v>
+        <v>20607919365</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F228" s="3"/>
       <c r="G228" s="3"/>
       <c r="H228" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C229" s="3">
-        <v>23838460</v>
+        <v>20607993476</v>
       </c>
       <c r="D229" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E229" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>345</v>
+      </c>
       <c r="F229" s="3"/>
       <c r="G229" s="3"/>
       <c r="H229" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C230" s="3">
-        <v>46688385</v>
+        <v>20606350466</v>
       </c>
       <c r="D230" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E230" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>347</v>
+      </c>
       <c r="F230" s="3"/>
       <c r="G230" s="3"/>
       <c r="H230" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>10473424253</v>
+        <v>348</v>
+      </c>
+      <c r="C231" s="3" t="s">
+        <v>349</v>
       </c>
       <c r="D231" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E231" s="3"/>
       <c r="F231" s="3"/>
       <c r="G231" s="3"/>
       <c r="H231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C232" s="3">
-        <v>10072367371</v>
+        <v>10420486061</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F232" s="3"/>
       <c r="G232" s="3"/>
       <c r="H232" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C233" s="3">
-        <v>46320109</v>
+        <v>20601028175</v>
       </c>
       <c r="D233" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E233" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>352</v>
+      </c>
       <c r="F233" s="3"/>
       <c r="G233" s="3"/>
       <c r="H233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="C234" s="3">
-        <v>31522403</v>
+        <v>23838460</v>
       </c>
       <c r="D234" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E234" s="3"/>
       <c r="F234" s="3"/>
       <c r="G234" s="3"/>
       <c r="H234" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C235" s="3">
-        <v>20609486407</v>
+        <v>46688385</v>
       </c>
       <c r="D235" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E235" s="3"/>
       <c r="F235" s="3"/>
       <c r="G235" s="3"/>
       <c r="H235" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C236" s="3">
-        <v>20206666</v>
+        <v>10473424253</v>
       </c>
       <c r="D236" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>353</v>
+        <v>13</v>
       </c>
       <c r="F236" s="3"/>
       <c r="G236" s="3"/>
       <c r="H236" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C237" s="3">
-        <v>20527004269</v>
+        <v>10072367371</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>355</v>
+        <v>13</v>
       </c>
       <c r="F237" s="3"/>
       <c r="G237" s="3"/>
       <c r="H237" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C238" s="3">
-        <v>20232860767</v>
+        <v>46320109</v>
       </c>
       <c r="D238" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E238" s="3"/>
       <c r="F238" s="3"/>
       <c r="G238" s="3"/>
       <c r="H238" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C239" s="3">
-        <v>10440064898</v>
+        <v>31522403</v>
       </c>
       <c r="D239" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E239" s="3"/>
       <c r="F239" s="3"/>
       <c r="G239" s="3"/>
       <c r="H239" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C240" s="3">
-        <v>10614372341</v>
+        <v>20609486407</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>13</v>
+        <v>360</v>
       </c>
       <c r="F240" s="3"/>
       <c r="G240" s="3"/>
       <c r="H240" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C241" s="3">
-        <v>31024249</v>
+        <v>20206666</v>
       </c>
       <c r="D241" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E241" s="3"/>
+      <c r="E241" s="3" t="s">
+        <v>362</v>
+      </c>
       <c r="F241" s="3"/>
       <c r="G241" s="3"/>
       <c r="H241" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C242" s="3">
-        <v>20564115267</v>
+        <v>20527004269</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="F242" s="3"/>
       <c r="G242" s="3"/>
       <c r="H242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C243" s="3">
-        <v>42837007</v>
+        <v>20232860767</v>
       </c>
       <c r="D243" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E243" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>366</v>
+      </c>
       <c r="F243" s="3"/>
       <c r="G243" s="3"/>
       <c r="H243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C244" s="3">
-        <v>31006676</v>
+        <v>10440064898</v>
       </c>
       <c r="D244" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E244" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F244" s="3"/>
       <c r="G244" s="3"/>
       <c r="H244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C245" s="3">
-        <v>31003460</v>
+        <v>10614372341</v>
       </c>
       <c r="D245" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E245" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F245" s="3"/>
       <c r="G245" s="3"/>
       <c r="H245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C246" s="3">
-        <v>12200000</v>
+        <v>31024249</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E246" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E246" s="3"/>
       <c r="F246" s="3"/>
       <c r="G246" s="3"/>
       <c r="H246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C247" s="3">
-        <v>31131365</v>
+        <v>20564115267</v>
       </c>
       <c r="D247" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E247" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>371</v>
+      </c>
       <c r="F247" s="3"/>
       <c r="G247" s="3"/>
       <c r="H247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C248" s="3">
-        <v>23940252</v>
+        <v>42837007</v>
       </c>
       <c r="D248" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E248" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E248" s="3"/>
       <c r="F248" s="3"/>
       <c r="G248" s="3"/>
       <c r="H248" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C249" s="3">
-        <v>31052266</v>
+        <v>31006676</v>
       </c>
       <c r="D249" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E249" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E249" s="3"/>
       <c r="F249" s="3"/>
       <c r="G249" s="3"/>
       <c r="H249" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C250" s="3">
-        <v>31036910</v>
+        <v>31003460</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E250" s="3"/>
       <c r="F250" s="3"/>
       <c r="G250" s="3"/>
       <c r="H250" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C251" s="3">
-        <v>31032283</v>
+        <v>12200000</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F251" s="3"/>
       <c r="G251" s="3"/>
       <c r="H251" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C252" s="3">
-        <v>41128736</v>
+        <v>31131365</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E252" s="3"/>
       <c r="F252" s="3"/>
       <c r="G252" s="3"/>
       <c r="H252" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C253" s="3">
-        <v>23563245</v>
+        <v>23940252</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E253" s="3"/>
+      <c r="E253" s="3" t="s">
+        <v>379</v>
+      </c>
       <c r="F253" s="3"/>
       <c r="G253" s="3"/>
       <c r="H253" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C254" s="3">
-        <v>54141000</v>
+        <v>31052266</v>
       </c>
       <c r="D254" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="F254" s="3"/>
       <c r="G254" s="3"/>
       <c r="H254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C255" s="3">
-        <v>45055404</v>
+        <v>31036910</v>
       </c>
       <c r="D255" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E255" s="3"/>
       <c r="F255" s="3"/>
       <c r="G255" s="3"/>
       <c r="H255" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C256" s="3">
-        <v>91025252</v>
+        <v>31032283</v>
       </c>
       <c r="D256" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E256" s="3"/>
+      <c r="E256" s="3" t="s">
+        <v>384</v>
+      </c>
       <c r="F256" s="3"/>
       <c r="G256" s="3"/>
       <c r="H256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C257" s="3">
-        <v>31029404</v>
+        <v>41128736</v>
       </c>
       <c r="D257" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E257" s="3"/>
       <c r="F257" s="3"/>
       <c r="G257" s="3"/>
       <c r="H257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="C258" s="3">
-        <v>35011042</v>
+        <v>23563245</v>
       </c>
       <c r="D258" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E258" s="3"/>
       <c r="F258" s="3"/>
       <c r="G258" s="3"/>
       <c r="H258" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="C259" s="3">
-        <v>33102940</v>
+        <v>54141000</v>
       </c>
       <c r="D259" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E259" s="3"/>
+      <c r="E259" s="3" t="s">
+        <v>388</v>
+      </c>
       <c r="F259" s="3"/>
       <c r="G259" s="3"/>
       <c r="H259" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="C260" s="3">
-        <v>30109940</v>
+        <v>45055404</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E260" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E260" s="3"/>
       <c r="F260" s="3"/>
       <c r="G260" s="3"/>
       <c r="H260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="C261" s="3">
-        <v>20501040</v>
+        <v>91025252</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E261" s="3"/>
       <c r="F261" s="3"/>
       <c r="G261" s="3"/>
       <c r="H261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="C262" s="3">
-        <v>16420000</v>
+        <v>35011042</v>
       </c>
       <c r="D262" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E262" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E262" s="3"/>
       <c r="F262" s="3"/>
       <c r="G262" s="3"/>
       <c r="H262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C263" s="3">
-        <v>54009000</v>
+        <v>31029404</v>
       </c>
       <c r="D263" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E263" s="3"/>
       <c r="F263" s="3"/>
       <c r="G263" s="3"/>
       <c r="H263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C264" s="3">
-        <v>44811063</v>
+        <v>30109940</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E264" s="3"/>
+      <c r="E264" s="3" t="s">
+        <v>392</v>
+      </c>
       <c r="F264" s="3"/>
       <c r="G264" s="3"/>
       <c r="H264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C265" s="3">
-        <v>23812480</v>
+        <v>33102940</v>
       </c>
       <c r="D265" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E265" s="3"/>
       <c r="F265" s="3"/>
       <c r="G265" s="3"/>
       <c r="H265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C266" s="3">
-        <v>24512544</v>
+        <v>20501040</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E266" s="3"/>
       <c r="F266" s="3"/>
       <c r="G266" s="3"/>
       <c r="H266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C267" s="3">
-        <v>31054212</v>
+        <v>16420000</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E267" s="3"/>
+      <c r="E267" s="3" t="s">
+        <v>395</v>
+      </c>
       <c r="F267" s="3"/>
       <c r="G267" s="3"/>
       <c r="H267" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>393</v>
+        <v>396</v>
+      </c>
+      <c r="C268" s="3">
+        <v>54009000</v>
       </c>
       <c r="D268" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E268" s="3"/>
       <c r="F268" s="3"/>
       <c r="G268" s="3"/>
       <c r="H268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C269" s="3">
-        <v>35478888</v>
+        <v>44811063</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E269" s="3"/>
       <c r="F269" s="3"/>
       <c r="G269" s="3"/>
       <c r="H269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C270" s="3">
-        <v>45822116</v>
+        <v>23812480</v>
       </c>
       <c r="D270" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E270" s="3"/>
       <c r="F270" s="3"/>
       <c r="G270" s="3"/>
       <c r="H270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>399</v>
+      </c>
+      <c r="C271" s="3">
+        <v>24512544</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E271" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E271" s="3"/>
       <c r="F271" s="3"/>
       <c r="G271" s="3"/>
       <c r="H271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C272" s="3">
-        <v>25326525</v>
+        <v>31054212</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E272" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E272" s="3"/>
       <c r="F272" s="3"/>
       <c r="G272" s="3"/>
       <c r="H272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="C273" s="3">
-        <v>20111157058</v>
+      <c r="C273" s="3" t="s">
+        <v>402</v>
       </c>
       <c r="D273" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E273" s="3"/>
       <c r="F273" s="3"/>
       <c r="G273" s="3"/>
       <c r="H273" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C274" s="3">
-        <v>41001732</v>
+        <v>35478888</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E274" s="3"/>
       <c r="F274" s="3"/>
       <c r="G274" s="3"/>
       <c r="H274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C275" s="3">
-        <v>31013784</v>
+        <v>45822116</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E275" s="3"/>
       <c r="F275" s="3"/>
       <c r="G275" s="3"/>
       <c r="H275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="C276" s="3">
-        <v>20527722064</v>
+      <c r="C276" s="3" t="s">
+        <v>406</v>
       </c>
       <c r="D276" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F276" s="3"/>
       <c r="G276" s="3"/>
       <c r="H276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C277" s="3">
-        <v>20392777190</v>
+        <v>25326525</v>
       </c>
       <c r="D277" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F277" s="3"/>
       <c r="G277" s="3"/>
       <c r="H277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C278" s="3">
-        <v>20600759478</v>
+        <v>20111157058</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F278" s="3"/>
       <c r="G278" s="3"/>
       <c r="H278" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C279" s="3">
-        <v>20603324502</v>
+        <v>41001732</v>
       </c>
       <c r="D279" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E279" s="3"/>
       <c r="F279" s="3"/>
       <c r="G279" s="3"/>
       <c r="H279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C280" s="3">
-        <v>45433972</v>
+        <v>31013784</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E280" s="3"/>
       <c r="F280" s="3"/>
       <c r="G280" s="3"/>
       <c r="H280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C281" s="3">
-        <v>20450534073</v>
+        <v>20527722064</v>
       </c>
       <c r="D281" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>415</v>
       </c>
       <c r="F281" s="3"/>
       <c r="G281" s="3"/>
       <c r="H281" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C282" s="3">
-        <v>20601809878</v>
+        <v>20392777190</v>
       </c>
       <c r="D282" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>417</v>
       </c>
       <c r="F282" s="3"/>
       <c r="G282" s="3"/>
       <c r="H282" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="C283" s="3" t="s">
+      <c r="C283" s="3">
+        <v>20600759478</v>
+      </c>
+      <c r="D283" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="D283" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E283" s="3"/>
       <c r="F283" s="3"/>
       <c r="G283" s="3"/>
       <c r="H283" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C284" s="3">
-        <v>20490093568</v>
+        <v>20603324502</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>421</v>
       </c>
       <c r="F284" s="3"/>
       <c r="G284" s="3"/>
       <c r="H284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C285" s="3">
-        <v>31031893</v>
+        <v>45433972</v>
       </c>
       <c r="D285" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E285" s="3"/>
       <c r="F285" s="3"/>
       <c r="G285" s="3"/>
       <c r="H285" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="C286" s="3" t="s">
+      <c r="C286" s="3">
+        <v>20450534073</v>
+      </c>
+      <c r="D286" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="D286" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E286" s="3"/>
       <c r="F286" s="3"/>
       <c r="G286" s="3"/>
       <c r="H286" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="C287" s="3" t="s">
+      <c r="C287" s="3">
+        <v>20601809878</v>
+      </c>
+      <c r="D287" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>426</v>
-      </c>
-[...4 lines deleted...]
-        <v>427</v>
       </c>
       <c r="F287" s="3"/>
       <c r="G287" s="3"/>
       <c r="H287" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="C288" s="3" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>31005971</v>
       </c>
       <c r="D288" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E288" s="3"/>
       <c r="F288" s="3"/>
       <c r="G288" s="3"/>
       <c r="H288" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="C289" s="3" t="s">
+      <c r="C289" s="3">
+        <v>20490093568</v>
+      </c>
+      <c r="D289" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>430</v>
-      </c>
-[...4 lines deleted...]
-        <v>431</v>
       </c>
       <c r="F289" s="3"/>
       <c r="G289" s="3"/>
       <c r="H289" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="C290" s="3">
-        <v>20301053623</v>
+        <v>31031893</v>
       </c>
       <c r="D290" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E290" s="3"/>
       <c r="F290" s="3"/>
       <c r="G290" s="3"/>
       <c r="H290" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>20131369981</v>
+        <v>432</v>
+      </c>
+      <c r="C291" s="3" t="s">
+        <v>433</v>
       </c>
       <c r="D291" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E291" s="3"/>
       <c r="F291" s="3"/>
       <c r="G291" s="3"/>
       <c r="H291" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C292" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="D292" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>436</v>
-      </c>
-[...7 lines deleted...]
-        <v>437</v>
       </c>
       <c r="F292" s="3"/>
       <c r="G292" s="3"/>
       <c r="H292" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="C293" s="3">
-        <v>20563983176</v>
+        <v>31005971</v>
       </c>
       <c r="D293" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E293" s="3"/>
       <c r="F293" s="3"/>
       <c r="G293" s="3"/>
       <c r="H293" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="C294" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="D294" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>440</v>
-      </c>
-[...7 lines deleted...]
-        <v>441</v>
       </c>
       <c r="F294" s="3"/>
       <c r="G294" s="3"/>
       <c r="H294" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="C295" s="3">
+        <v>20301053623</v>
+      </c>
+      <c r="D295" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>442</v>
-      </c>
-[...7 lines deleted...]
-        <v>443</v>
       </c>
       <c r="F295" s="3"/>
       <c r="G295" s="3"/>
       <c r="H295" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="C296" s="3">
+        <v>20131369981</v>
+      </c>
+      <c r="D296" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>444</v>
-      </c>
-[...7 lines deleted...]
-        <v>445</v>
       </c>
       <c r="F296" s="3"/>
       <c r="G296" s="3"/>
       <c r="H296" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="C297" s="3">
+        <v>20550716675</v>
+      </c>
+      <c r="D297" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>446</v>
-      </c>
-[...7 lines deleted...]
-        <v>447</v>
       </c>
       <c r="F297" s="3"/>
       <c r="G297" s="3"/>
       <c r="H297" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="C298" s="3">
+        <v>20563983176</v>
+      </c>
+      <c r="D298" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>448</v>
-      </c>
-[...7 lines deleted...]
-        <v>449</v>
       </c>
       <c r="F298" s="3"/>
       <c r="G298" s="3"/>
       <c r="H298" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C299" s="3">
+        <v>20609962055</v>
+      </c>
+      <c r="D299" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="C299" s="3">
-[...5 lines deleted...]
-      <c r="E299" s="3"/>
       <c r="F299" s="3"/>
       <c r="G299" s="3"/>
       <c r="H299" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>451</v>
       </c>
       <c r="C300" s="3">
-        <v>31040648</v>
+        <v>20490098799</v>
       </c>
       <c r="D300" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E300" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>452</v>
+      </c>
       <c r="F300" s="3"/>
       <c r="G300" s="3"/>
       <c r="H300" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C301" s="3">
-        <v>31038530</v>
+        <v>20564288528</v>
       </c>
       <c r="D301" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E301" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>454</v>
+      </c>
       <c r="F301" s="3"/>
       <c r="G301" s="3"/>
       <c r="H301" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C302" s="3">
-        <v>31176369</v>
+        <v>20600154291</v>
       </c>
       <c r="D302" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E302" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>456</v>
+      </c>
       <c r="F302" s="3"/>
       <c r="G302" s="3"/>
       <c r="H302" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="C303" s="3">
-        <v>42370399</v>
+        <v>20564271714</v>
       </c>
       <c r="D303" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E303" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>458</v>
+      </c>
       <c r="F303" s="3"/>
       <c r="G303" s="3"/>
       <c r="H303" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C304" s="3">
-        <v>31000579</v>
+        <v>80302108</v>
       </c>
       <c r="D304" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E304" s="3"/>
       <c r="F304" s="3"/>
       <c r="G304" s="3"/>
       <c r="H304" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C305" s="3">
-        <v>31053894</v>
+        <v>31040648</v>
       </c>
       <c r="D305" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E305" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E305" s="3"/>
       <c r="F305" s="3"/>
       <c r="G305" s="3"/>
       <c r="H305" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="C306" s="3">
-        <v>31038329</v>
+        <v>31038530</v>
       </c>
       <c r="D306" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E306" s="3"/>
       <c r="F306" s="3"/>
       <c r="G306" s="3"/>
       <c r="H306" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="C307" s="3">
-        <v>10200003</v>
+        <v>31176369</v>
       </c>
       <c r="D307" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E307" s="3"/>
       <c r="F307" s="3"/>
       <c r="G307" s="3"/>
       <c r="H307" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="C308" s="3">
-        <v>31013653</v>
+        <v>42370399</v>
       </c>
       <c r="D308" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E308" s="3"/>
       <c r="F308" s="3"/>
       <c r="G308" s="3"/>
       <c r="H308" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="C309" s="3">
-        <v>41927921</v>
+        <v>31000579</v>
       </c>
       <c r="D309" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E309" s="3"/>
       <c r="F309" s="3"/>
       <c r="G309" s="3"/>
       <c r="H309" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C310" s="3">
-        <v>31009496</v>
+        <v>31053894</v>
       </c>
       <c r="D310" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E310" s="3"/>
+      <c r="E310" s="3" t="s">
+        <v>466</v>
+      </c>
       <c r="F310" s="3"/>
       <c r="G310" s="3"/>
       <c r="H310" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="C311" s="3">
-        <v>46408181</v>
+        <v>31038329</v>
       </c>
       <c r="D311" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E311" s="3"/>
       <c r="F311" s="3"/>
       <c r="G311" s="3"/>
       <c r="H311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C312" s="3">
-        <v>43414281</v>
+        <v>10200003</v>
       </c>
       <c r="D312" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E312" s="3"/>
       <c r="F312" s="3"/>
       <c r="G312" s="3"/>
       <c r="H312" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C313" s="3">
-        <v>25014035</v>
+        <v>31013653</v>
       </c>
       <c r="D313" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E313" s="3"/>
       <c r="F313" s="3"/>
       <c r="G313" s="3"/>
       <c r="H313" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="C314" s="3">
-        <v>46081927</v>
+        <v>41927921</v>
       </c>
       <c r="D314" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E314" s="3"/>
       <c r="F314" s="3"/>
       <c r="G314" s="3"/>
       <c r="H314" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C315" s="3">
-        <v>70036140</v>
+        <v>31009496</v>
       </c>
       <c r="D315" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E315" s="3"/>
       <c r="F315" s="3"/>
       <c r="G315" s="3"/>
       <c r="H315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="C316" s="3">
-        <v>31002596</v>
+        <v>46408181</v>
       </c>
       <c r="D316" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E316" s="3"/>
       <c r="F316" s="3"/>
       <c r="G316" s="3"/>
       <c r="H316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="C317" s="3">
-        <v>45101976</v>
+        <v>43414281</v>
       </c>
       <c r="D317" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E317" s="3"/>
       <c r="F317" s="3"/>
       <c r="G317" s="3"/>
       <c r="H317" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="C318" s="3">
-        <v>29677252</v>
+        <v>70224804</v>
       </c>
       <c r="D318" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E318" s="3"/>
       <c r="F318" s="3"/>
       <c r="G318" s="3"/>
       <c r="H318" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="C319" s="3">
-        <v>31027012</v>
+        <v>25014035</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E319" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E319" s="3"/>
       <c r="F319" s="3"/>
       <c r="G319" s="3"/>
       <c r="H319" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="C320" s="3">
-        <v>43658901</v>
+        <v>46081927</v>
       </c>
       <c r="D320" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E320" s="3"/>
       <c r="F320" s="3"/>
       <c r="G320" s="3"/>
       <c r="H320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="C321" s="3">
-        <v>42489535</v>
+        <v>70036140</v>
       </c>
       <c r="D321" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E321" s="3"/>
       <c r="F321" s="3"/>
       <c r="G321" s="3"/>
       <c r="H321" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C322" s="3">
-        <v>47050253</v>
+        <v>31002596</v>
       </c>
       <c r="D322" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E322" s="3"/>
       <c r="F322" s="3"/>
       <c r="G322" s="3"/>
       <c r="H322" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="C323" s="3">
-        <v>31014930</v>
+        <v>45101976</v>
       </c>
       <c r="D323" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E323" s="3"/>
       <c r="F323" s="3"/>
       <c r="G323" s="3"/>
       <c r="H323" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C324" s="3">
-        <v>41212762</v>
+        <v>29677252</v>
       </c>
       <c r="D324" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E324" s="3"/>
       <c r="F324" s="3"/>
       <c r="G324" s="3"/>
       <c r="H324" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="C325" s="3">
-        <v>31001119</v>
+        <v>31027012</v>
       </c>
       <c r="D325" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E325" s="3"/>
+      <c r="E325" s="3" t="s">
+        <v>395</v>
+      </c>
       <c r="F325" s="3"/>
       <c r="G325" s="3"/>
       <c r="H325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C326" s="3">
-        <v>20607071978</v>
+        <v>43658901</v>
       </c>
       <c r="D326" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E326" s="3"/>
       <c r="F326" s="3"/>
       <c r="G326" s="3"/>
       <c r="H326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="C327" s="3">
-        <v>31010514</v>
+        <v>42489535</v>
       </c>
       <c r="D327" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E327" s="3"/>
       <c r="F327" s="3"/>
       <c r="G327" s="3"/>
       <c r="H327" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>484</v>
+      </c>
+      <c r="C328" s="3">
+        <v>47050253</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E328" s="3"/>
       <c r="F328" s="3"/>
       <c r="G328" s="3"/>
       <c r="H328" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C329" s="3">
-        <v>71334042</v>
+        <v>31014930</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E329" s="3"/>
       <c r="F329" s="3"/>
       <c r="G329" s="3"/>
       <c r="H329" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-        <v>485</v>
+        <v>486</v>
+      </c>
+      <c r="C330" s="3">
+        <v>41212762</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E330" s="3"/>
       <c r="F330" s="3"/>
       <c r="G330" s="3"/>
       <c r="H330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C331" s="3">
-        <v>31012701</v>
+        <v>31001119</v>
       </c>
       <c r="D331" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E331" s="3"/>
       <c r="F331" s="3"/>
       <c r="G331" s="3"/>
       <c r="H331" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C332" s="3">
-        <v>31024659</v>
+        <v>20607071978</v>
       </c>
       <c r="D332" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E332" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>489</v>
+      </c>
       <c r="F332" s="3"/>
       <c r="G332" s="3"/>
       <c r="H332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C333" s="3">
-        <v>31008986</v>
+        <v>31010514</v>
       </c>
       <c r="D333" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E333" s="3"/>
       <c r="F333" s="3"/>
       <c r="G333" s="3"/>
       <c r="H333" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>31008552</v>
+        <v>491</v>
+      </c>
+      <c r="C334" s="3" t="s">
+        <v>492</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E334" s="3"/>
       <c r="F334" s="3"/>
       <c r="G334" s="3"/>
       <c r="H334" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C335" s="3">
-        <v>31039151</v>
+        <v>71334042</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E335" s="3"/>
       <c r="F335" s="3"/>
       <c r="G335" s="3"/>
       <c r="H335" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-        <v>29278821</v>
+        <v>494</v>
+      </c>
+      <c r="C336" s="3" t="s">
+        <v>495</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E336" s="3"/>
       <c r="F336" s="3"/>
       <c r="G336" s="3"/>
       <c r="H336" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="C337" s="3">
-        <v>31002598</v>
+        <v>31012701</v>
       </c>
       <c r="D337" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E337" s="3"/>
       <c r="F337" s="3"/>
       <c r="G337" s="3"/>
       <c r="H337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>497</v>
+      </c>
+      <c r="C338" s="3">
+        <v>31024659</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E338" s="3"/>
       <c r="F338" s="3"/>
       <c r="G338" s="3"/>
       <c r="H338" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="C339" s="3">
-        <v>45175820</v>
+        <v>31008986</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E339" s="3"/>
       <c r="F339" s="3"/>
       <c r="G339" s="3"/>
       <c r="H339" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C340" s="3">
-        <v>31036604</v>
+        <v>31008552</v>
       </c>
       <c r="D340" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E340" s="3"/>
       <c r="F340" s="3"/>
       <c r="G340" s="3"/>
       <c r="H340" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-        <v>498</v>
+        <v>500</v>
+      </c>
+      <c r="C341" s="3">
+        <v>31039151</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E341" s="3"/>
       <c r="F341" s="3"/>
       <c r="G341" s="3"/>
       <c r="H341" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C342" s="3">
-        <v>41955585</v>
+        <v>29278821</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E342" s="3"/>
       <c r="F342" s="3"/>
       <c r="G342" s="3"/>
       <c r="H342" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C343" s="3">
-        <v>13298537</v>
+        <v>31002598</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E343" s="3"/>
       <c r="F343" s="3"/>
       <c r="G343" s="3"/>
       <c r="H343" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C344" s="3" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D344" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E344" s="3"/>
       <c r="F344" s="3"/>
       <c r="G344" s="3"/>
       <c r="H344" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C345" s="3">
-        <v>62077095</v>
+        <v>45175820</v>
       </c>
       <c r="D345" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E345" s="3"/>
       <c r="F345" s="3"/>
       <c r="G345" s="3"/>
       <c r="H345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C346" s="3">
-        <v>31028832</v>
+        <v>31036604</v>
       </c>
       <c r="D346" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E346" s="3"/>
       <c r="F346" s="3"/>
       <c r="G346" s="3"/>
       <c r="H346" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>20605156631</v>
+        <v>507</v>
+      </c>
+      <c r="C347" s="3" t="s">
+        <v>508</v>
       </c>
       <c r="D347" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E347" s="3"/>
       <c r="F347" s="3"/>
       <c r="G347" s="3"/>
       <c r="H347" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C348" s="3">
-        <v>76960265</v>
+        <v>41955585</v>
       </c>
       <c r="D348" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E348" s="3"/>
       <c r="F348" s="3"/>
       <c r="G348" s="3"/>
       <c r="H348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C349" s="3">
-        <v>76839516</v>
+        <v>13298537</v>
       </c>
       <c r="D349" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E349" s="3"/>
       <c r="F349" s="3"/>
       <c r="G349" s="3"/>
       <c r="H349" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>20603376324</v>
+        <v>511</v>
+      </c>
+      <c r="C350" s="3" t="s">
+        <v>512</v>
       </c>
       <c r="D350" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E350" s="3"/>
       <c r="F350" s="3"/>
       <c r="G350" s="3"/>
       <c r="H350" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C351" s="3">
-        <v>20603969627</v>
+        <v>62077095</v>
       </c>
       <c r="D351" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E351" s="3"/>
       <c r="F351" s="3"/>
       <c r="G351" s="3"/>
       <c r="H351" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C352" s="3">
-        <v>10469922176</v>
+        <v>31028832</v>
       </c>
       <c r="D352" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E352" s="3"/>
       <c r="F352" s="3"/>
       <c r="G352" s="3"/>
       <c r="H352" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C353" s="3">
-        <v>10422418992</v>
+        <v>20605156631</v>
       </c>
       <c r="D353" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>13</v>
+        <v>516</v>
       </c>
       <c r="F353" s="3"/>
       <c r="G353" s="3"/>
       <c r="H353" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C354" s="3">
-        <v>31040304</v>
+        <v>76960265</v>
       </c>
       <c r="D354" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E354" s="3"/>
       <c r="F354" s="3"/>
       <c r="G354" s="3"/>
       <c r="H354" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C355" s="3">
-        <v>10659840</v>
+        <v>76839516</v>
       </c>
       <c r="D355" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E355" s="3"/>
       <c r="F355" s="3"/>
       <c r="G355" s="3"/>
       <c r="H355" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C356" s="3">
-        <v>41656132</v>
+        <v>20603412355</v>
       </c>
       <c r="D356" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E356" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E356" s="3" t="s">
+        <v>520</v>
+      </c>
       <c r="F356" s="3"/>
       <c r="G356" s="3"/>
       <c r="H356" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C357" s="3">
-        <v>76572783</v>
+        <v>20603376324</v>
       </c>
       <c r="D357" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E357" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>522</v>
+      </c>
       <c r="F357" s="3"/>
       <c r="G357" s="3"/>
       <c r="H357" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="C358" s="3">
-        <v>31004189</v>
+        <v>23818863</v>
       </c>
       <c r="D358" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E358" s="3"/>
       <c r="F358" s="3"/>
       <c r="G358" s="3"/>
       <c r="H358" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C359" s="3">
-        <v>20606333219</v>
+        <v>20603969627</v>
       </c>
       <c r="D359" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="F359" s="3"/>
       <c r="G359" s="3"/>
       <c r="H359" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="C360" s="3">
-        <v>20564334732</v>
+        <v>10469922176</v>
       </c>
       <c r="D360" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>523</v>
+        <v>13</v>
       </c>
       <c r="F360" s="3"/>
       <c r="G360" s="3"/>
       <c r="H360" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="C361" s="3">
-        <v>20610117474</v>
+        <v>10422418992</v>
       </c>
       <c r="D361" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>525</v>
+        <v>13</v>
       </c>
       <c r="F361" s="3"/>
       <c r="G361" s="3"/>
       <c r="H361" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C362" s="3">
-        <v>10442777735</v>
+        <v>31040304</v>
       </c>
       <c r="D362" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E362" s="3"/>
       <c r="F362" s="3"/>
       <c r="G362" s="3"/>
       <c r="H362" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C363" s="3">
-        <v>31405820</v>
+        <v>10659840</v>
       </c>
       <c r="D363" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E363" s="3"/>
       <c r="F363" s="3"/>
       <c r="G363" s="3"/>
       <c r="H363" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="C364" s="3">
-        <v>45243354</v>
+        <v>41656132</v>
       </c>
       <c r="D364" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E364" s="3"/>
       <c r="F364" s="3"/>
       <c r="G364" s="3"/>
       <c r="H364" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C365" s="3">
-        <v>70169193</v>
+        <v>76572783</v>
       </c>
       <c r="D365" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E365" s="3"/>
       <c r="F365" s="3"/>
       <c r="G365" s="3"/>
       <c r="H365" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C366" s="3">
-        <v>47043124</v>
+        <v>31004189</v>
       </c>
       <c r="D366" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E366" s="3"/>
       <c r="F366" s="3"/>
       <c r="G366" s="3"/>
       <c r="H366" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C367" s="3">
-        <v>31302021</v>
+        <v>20606333219</v>
       </c>
       <c r="D367" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E367" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E367" s="3" t="s">
+        <v>534</v>
+      </c>
       <c r="F367" s="3"/>
       <c r="G367" s="3"/>
       <c r="H367" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C368" s="3">
-        <v>42037442</v>
+        <v>20564334732</v>
       </c>
       <c r="D368" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E368" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>536</v>
+      </c>
       <c r="F368" s="3"/>
       <c r="G368" s="3"/>
       <c r="H368" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="3">
         <v>367</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="C369" s="3">
-        <v>20609524368</v>
+        <v>20610117474</v>
       </c>
       <c r="D369" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="F369" s="3"/>
       <c r="G369" s="3"/>
       <c r="H369" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="3">
         <v>368</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="C370" s="3">
-        <v>73484531</v>
+        <v>10442777735</v>
       </c>
       <c r="D370" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E370" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F370" s="3"/>
       <c r="G370" s="3"/>
       <c r="H370" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="C371" s="3">
-        <v>42482449</v>
+        <v>31405820</v>
       </c>
       <c r="D371" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E371" s="3"/>
       <c r="F371" s="3"/>
       <c r="G371" s="3"/>
       <c r="H371" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="C372" s="3">
-        <v>20101298851</v>
+        <v>45243354</v>
       </c>
       <c r="D372" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E372" s="3"/>
       <c r="F372" s="3"/>
       <c r="G372" s="3"/>
       <c r="H372" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>542</v>
+      </c>
+      <c r="C373" s="3">
+        <v>70169193</v>
       </c>
       <c r="D373" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E373" s="3"/>
       <c r="F373" s="3"/>
       <c r="G373" s="3"/>
       <c r="H373" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C374" s="3">
-        <v>40797108</v>
+        <v>47043124</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E374" s="3"/>
       <c r="F374" s="3"/>
       <c r="G374" s="3"/>
       <c r="H374" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C375" s="3">
-        <v>31028843</v>
+        <v>31302021</v>
       </c>
       <c r="D375" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E375" s="3"/>
       <c r="F375" s="3"/>
       <c r="G375" s="3"/>
       <c r="H375" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C376" s="3">
-        <v>31038758</v>
+        <v>42037442</v>
       </c>
       <c r="D376" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E376" s="3"/>
       <c r="F376" s="3"/>
       <c r="G376" s="3"/>
       <c r="H376" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C377" s="3">
-        <v>31363942</v>
+        <v>20609524368</v>
       </c>
       <c r="D377" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E377" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E377" s="3" t="s">
+        <v>547</v>
+      </c>
       <c r="F377" s="3"/>
       <c r="G377" s="3"/>
       <c r="H377" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="C378" s="3">
-        <v>31001167</v>
+        <v>73484531</v>
       </c>
       <c r="D378" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E378" s="3"/>
       <c r="F378" s="3"/>
       <c r="G378" s="3"/>
       <c r="H378" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="C379" s="3">
-        <v>31006172</v>
+        <v>42482449</v>
       </c>
       <c r="D379" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E379" s="3"/>
       <c r="F379" s="3"/>
       <c r="G379" s="3"/>
       <c r="H379" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="C380" s="3">
-        <v>20051459</v>
+        <v>20101298851</v>
       </c>
       <c r="D380" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E380" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>551</v>
+      </c>
       <c r="F380" s="3"/>
       <c r="G380" s="3"/>
       <c r="H380" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>30856384</v>
+        <v>552</v>
+      </c>
+      <c r="C381" s="3" t="s">
+        <v>553</v>
       </c>
       <c r="D381" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E381" s="3"/>
       <c r="F381" s="3"/>
       <c r="G381" s="3"/>
       <c r="H381" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="C382" s="3">
-        <v>43866872</v>
+        <v>40020729</v>
       </c>
       <c r="D382" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E382" s="3"/>
       <c r="F382" s="3"/>
       <c r="G382" s="3"/>
       <c r="H382" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="3">
         <v>381</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C383" s="3">
-        <v>47697441</v>
+        <v>40797108</v>
       </c>
       <c r="D383" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E383" s="3"/>
       <c r="F383" s="3"/>
       <c r="G383" s="3"/>
       <c r="H383" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="3">
         <v>382</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="C384" s="3">
-        <v>40409723</v>
+        <v>31028843</v>
       </c>
       <c r="D384" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E384" s="3"/>
       <c r="F384" s="3"/>
       <c r="G384" s="3"/>
       <c r="H384" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="3">
         <v>383</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="C385" s="3">
-        <v>10310368003</v>
+        <v>31038758</v>
       </c>
       <c r="D385" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E385" s="3"/>
       <c r="F385" s="3"/>
       <c r="G385" s="3"/>
       <c r="H385" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="C386" s="3">
-        <v>31030506</v>
+        <v>31363942</v>
       </c>
       <c r="D386" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E386" s="3"/>
       <c r="F386" s="3"/>
       <c r="G386" s="3"/>
       <c r="H386" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="3">
         <v>385</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="C387" s="3">
-        <v>31002033</v>
+        <v>31001167</v>
       </c>
       <c r="D387" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E387" s="3"/>
       <c r="F387" s="3"/>
       <c r="G387" s="3"/>
       <c r="H387" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-        <v>556</v>
+        <v>560</v>
+      </c>
+      <c r="C388" s="3">
+        <v>31006172</v>
       </c>
       <c r="D388" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E388" s="3"/>
       <c r="F388" s="3"/>
       <c r="G388" s="3"/>
       <c r="H388" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="C389" s="3">
-        <v>31038265</v>
+        <v>20051459</v>
       </c>
       <c r="D389" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E389" s="3"/>
       <c r="F389" s="3"/>
       <c r="G389" s="3"/>
       <c r="H389" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="C390" s="3">
-        <v>20610820671</v>
+        <v>30856384</v>
       </c>
       <c r="D390" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E390" s="3"/>
       <c r="F390" s="3"/>
       <c r="G390" s="3"/>
       <c r="H390" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="C391" s="3">
-        <v>31005949</v>
+        <v>43866872</v>
       </c>
       <c r="D391" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E391" s="3"/>
       <c r="F391" s="3"/>
       <c r="G391" s="3"/>
       <c r="H391" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="C392" s="3">
-        <v>31014761</v>
+        <v>47697441</v>
       </c>
       <c r="D392" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E392" s="3"/>
       <c r="F392" s="3"/>
       <c r="G392" s="3"/>
       <c r="H392" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="C393" s="3">
-        <v>20601690790</v>
+        <v>40409723</v>
       </c>
       <c r="D393" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E393" s="3"/>
       <c r="F393" s="3"/>
       <c r="G393" s="3"/>
       <c r="H393" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C394" s="3">
-        <v>10310117175</v>
+        <v>10310368003</v>
       </c>
       <c r="D394" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F394" s="3"/>
       <c r="G394" s="3"/>
       <c r="H394" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C395" s="3">
-        <v>31012288</v>
+        <v>31030506</v>
       </c>
       <c r="D395" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E395" s="3"/>
       <c r="F395" s="3"/>
       <c r="G395" s="3"/>
       <c r="H395" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-        <v>567</v>
+        <v>568</v>
+      </c>
+      <c r="C396" s="3">
+        <v>31002033</v>
       </c>
       <c r="D396" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E396" s="3"/>
       <c r="F396" s="3"/>
       <c r="G396" s="3"/>
       <c r="H396" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>10704234282</v>
+        <v>569</v>
+      </c>
+      <c r="C397" s="3" t="s">
+        <v>570</v>
       </c>
       <c r="D397" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E397" s="3"/>
       <c r="F397" s="3"/>
       <c r="G397" s="3"/>
       <c r="H397" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C398" s="3">
-        <v>20608170635</v>
+        <v>31038265</v>
       </c>
       <c r="D398" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E398" s="3"/>
       <c r="F398" s="3"/>
       <c r="G398" s="3"/>
       <c r="H398" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C399" s="3">
-        <v>20603731108</v>
+        <v>20610820671</v>
       </c>
       <c r="D399" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="F399" s="3"/>
       <c r="G399" s="3"/>
       <c r="H399" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C400" s="3">
-        <v>20537630222</v>
+        <v>31005949</v>
       </c>
       <c r="D400" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E400" s="3"/>
       <c r="F400" s="3"/>
       <c r="G400" s="3"/>
       <c r="H400" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>575</v>
       </c>
-      <c r="C401" s="3" t="s">
-        <v>576</v>
+      <c r="C401" s="3">
+        <v>31014761</v>
       </c>
       <c r="D401" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E401" s="3"/>
       <c r="F401" s="3"/>
       <c r="G401" s="3"/>
       <c r="H401" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="C402" s="3">
+        <v>20601690790</v>
+      </c>
+      <c r="D402" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" s="3" t="s">
         <v>577</v>
-      </c>
-[...7 lines deleted...]
-        <v>578</v>
       </c>
       <c r="F402" s="3"/>
       <c r="G402" s="3"/>
       <c r="H402" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="C403" s="3">
-        <v>48558380</v>
+        <v>10310117175</v>
       </c>
       <c r="D403" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E403" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E403" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F403" s="3"/>
       <c r="G403" s="3"/>
       <c r="H403" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="3">
         <v>402</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="C404" s="3">
-        <v>47095780</v>
+        <v>31012288</v>
       </c>
       <c r="D404" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E404" s="3"/>
       <c r="F404" s="3"/>
       <c r="G404" s="3"/>
       <c r="H404" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="C405" s="3" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>80191621</v>
       </c>
       <c r="D405" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E405" s="3"/>
       <c r="F405" s="3"/>
       <c r="G405" s="3"/>
       <c r="H405" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="3">
         <v>404</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>582</v>
       </c>
       <c r="C406" s="3">
-        <v>10107531624</v>
+        <v>10704234282</v>
       </c>
       <c r="D406" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E406" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F406" s="3"/>
       <c r="G406" s="3"/>
       <c r="H406" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="3">
         <v>405</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>583</v>
       </c>
       <c r="C407" s="3">
-        <v>20609314797</v>
+        <v>20608170635</v>
       </c>
       <c r="D407" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E407" s="3" t="s">
         <v>584</v>
       </c>
       <c r="F407" s="3"/>
       <c r="G407" s="3"/>
       <c r="H407" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>585</v>
       </c>
       <c r="C408" s="3">
-        <v>20606087731</v>
+        <v>20603731108</v>
       </c>
       <c r="D408" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E408" s="3" t="s">
         <v>586</v>
       </c>
       <c r="F408" s="3"/>
       <c r="G408" s="3"/>
       <c r="H408" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>587</v>
       </c>
       <c r="C409" s="3">
-        <v>20195966649</v>
+        <v>20537630222</v>
       </c>
       <c r="D409" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E409" s="3" t="s">
         <v>588</v>
       </c>
       <c r="F409" s="3"/>
       <c r="G409" s="3"/>
       <c r="H409" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="3">
         <v>408</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>589</v>
       </c>
-      <c r="C410" s="3">
-        <v>20219345004</v>
+      <c r="C410" s="3" t="s">
+        <v>590</v>
       </c>
       <c r="D410" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E410" s="3"/>
       <c r="F410" s="3"/>
       <c r="G410" s="3"/>
       <c r="H410" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="3">
         <v>409</v>
       </c>
       <c r="B411" s="3" t="s">
         <v>591</v>
       </c>
       <c r="C411" s="3">
-        <v>20192088772</v>
+        <v>20601322642</v>
       </c>
       <c r="D411" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E411" s="3" t="s">
         <v>592</v>
       </c>
       <c r="F411" s="3"/>
       <c r="G411" s="3"/>
       <c r="H411" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="3">
         <v>410</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>593</v>
       </c>
       <c r="C412" s="3">
-        <v>24512578</v>
+        <v>48558380</v>
       </c>
       <c r="D412" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E412" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E412" s="3"/>
       <c r="F412" s="3"/>
       <c r="G412" s="3"/>
       <c r="H412" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="3">
         <v>411</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="C413" s="3">
-        <v>20148182788</v>
+        <v>47095780</v>
       </c>
       <c r="D413" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E413" s="3"/>
       <c r="F413" s="3"/>
       <c r="G413" s="3"/>
       <c r="H413" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="3">
         <v>412</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="C414" s="3">
-        <v>31025469</v>
+        <v>80191621</v>
       </c>
       <c r="D414" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E414" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E414" s="3"/>
       <c r="F414" s="3"/>
       <c r="G414" s="3"/>
       <c r="H414" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="3">
         <v>413</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="C415" s="3">
-        <v>10310073232</v>
+        <v>10107531624</v>
       </c>
       <c r="D415" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E415" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F415" s="3"/>
       <c r="G415" s="3"/>
       <c r="H415" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="3">
         <v>414</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="C416" s="3">
-        <v>42029544</v>
+        <v>20609314797</v>
       </c>
       <c r="D416" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E416" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>598</v>
+      </c>
       <c r="F416" s="3"/>
       <c r="G416" s="3"/>
       <c r="H416" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="3">
         <v>415</v>
       </c>
       <c r="B417" s="3" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="C417" s="3">
-        <v>31343245</v>
+        <v>20606621842</v>
       </c>
       <c r="D417" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E417" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>600</v>
+      </c>
       <c r="F417" s="3"/>
       <c r="G417" s="3"/>
       <c r="H417" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="3">
         <v>416</v>
       </c>
       <c r="B418" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="C418" s="3">
+        <v>20606087731</v>
+      </c>
+      <c r="D418" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>602</v>
       </c>
-      <c r="C418" s="3">
-[...5 lines deleted...]
-      <c r="E418" s="3"/>
       <c r="F418" s="3"/>
       <c r="G418" s="3"/>
       <c r="H418" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="3">
         <v>417</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>603</v>
       </c>
       <c r="C419" s="3">
-        <v>45437258</v>
+        <v>20195966649</v>
       </c>
       <c r="D419" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E419" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E419" s="3" t="s">
+        <v>604</v>
+      </c>
       <c r="F419" s="3"/>
       <c r="G419" s="3"/>
       <c r="H419" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="3">
         <v>418</v>
       </c>
       <c r="B420" s="3" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C420" s="3">
-        <v>31301993</v>
+        <v>20219345004</v>
       </c>
       <c r="D420" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E420" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E420" s="3" t="s">
+        <v>606</v>
+      </c>
       <c r="F420" s="3"/>
       <c r="G420" s="3"/>
       <c r="H420" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="3">
         <v>419</v>
       </c>
       <c r="B421" s="3" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C421" s="3">
-        <v>71107263</v>
+        <v>20192088772</v>
       </c>
       <c r="D421" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E421" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>608</v>
+      </c>
       <c r="F421" s="3"/>
       <c r="G421" s="3"/>
       <c r="H421" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="3">
         <v>420</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="C422" s="3">
-        <v>77040571</v>
+        <v>24512578</v>
       </c>
       <c r="D422" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E422" s="3"/>
+      <c r="E422" s="3" t="s">
+        <v>610</v>
+      </c>
       <c r="F422" s="3"/>
       <c r="G422" s="3"/>
       <c r="H422" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="3">
         <v>421</v>
       </c>
       <c r="B423" s="3" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="C423" s="3">
-        <v>31024338</v>
+        <v>20148182788</v>
       </c>
       <c r="D423" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E423" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>612</v>
+      </c>
       <c r="F423" s="3"/>
       <c r="G423" s="3"/>
       <c r="H423" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="3">
         <v>422</v>
       </c>
       <c r="B424" s="3" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="C424" s="3">
-        <v>31039726</v>
+        <v>31025469</v>
       </c>
       <c r="D424" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E424" s="3"/>
+      <c r="E424" s="3" t="s">
+        <v>614</v>
+      </c>
       <c r="F424" s="3"/>
       <c r="G424" s="3"/>
       <c r="H424" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="3">
         <v>423</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="C425" s="3">
-        <v>70745684</v>
+        <v>10310073232</v>
       </c>
       <c r="D425" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E425" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E425" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F425" s="3"/>
       <c r="G425" s="3"/>
       <c r="H425" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="3">
         <v>424</v>
       </c>
       <c r="B426" s="3" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="C426" s="3">
-        <v>10310023707</v>
+        <v>42029544</v>
       </c>
       <c r="D426" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E426" s="3"/>
       <c r="F426" s="3"/>
       <c r="G426" s="3"/>
       <c r="H426" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="3">
         <v>425</v>
       </c>
       <c r="B427" s="3" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="C427" s="3">
-        <v>10422278384</v>
+        <v>31343245</v>
       </c>
       <c r="D427" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E427" s="3"/>
       <c r="F427" s="3"/>
       <c r="G427" s="3"/>
       <c r="H427" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="C428" s="3">
-        <v>46130922</v>
+        <v>31041494</v>
       </c>
       <c r="D428" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E428" s="3"/>
       <c r="F428" s="3"/>
       <c r="G428" s="3"/>
       <c r="H428" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="3">
         <v>427</v>
       </c>
       <c r="B429" s="3" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="C429" s="3">
-        <v>20199911563</v>
+        <v>45437258</v>
       </c>
       <c r="D429" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E429" s="3"/>
       <c r="F429" s="3"/>
       <c r="G429" s="3"/>
       <c r="H429" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="3">
         <v>428</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="C430" s="3">
-        <v>10463995066</v>
+        <v>31301993</v>
       </c>
       <c r="D430" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E430" s="3"/>
       <c r="F430" s="3"/>
       <c r="G430" s="3"/>
       <c r="H430" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="3">
         <v>429</v>
       </c>
       <c r="B431" s="3" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C431" s="3">
-        <v>10310071949</v>
+        <v>71107263</v>
       </c>
       <c r="D431" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E431" s="3"/>
       <c r="F431" s="3"/>
       <c r="G431" s="3"/>
       <c r="H431" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="3">
         <v>430</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="C432" s="3">
-        <v>10315442490</v>
+        <v>77040571</v>
       </c>
       <c r="D432" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E432" s="3"/>
       <c r="F432" s="3"/>
       <c r="G432" s="3"/>
       <c r="H432" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="3">
         <v>431</v>
       </c>
       <c r="B433" s="3" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="C433" s="3">
-        <v>10442213378</v>
+        <v>31024338</v>
       </c>
       <c r="D433" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E433" s="3"/>
       <c r="F433" s="3"/>
       <c r="G433" s="3"/>
       <c r="H433" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="3">
         <v>432</v>
       </c>
       <c r="B434" s="3" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="C434" s="3">
-        <v>80072550</v>
+        <v>31039726</v>
       </c>
       <c r="D434" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E434" s="3"/>
       <c r="F434" s="3"/>
       <c r="G434" s="3"/>
       <c r="H434" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="3">
         <v>433</v>
       </c>
       <c r="B435" s="3" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="C435" s="3">
-        <v>10310402848</v>
+        <v>70745684</v>
       </c>
       <c r="D435" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E435" s="3"/>
       <c r="F435" s="3"/>
       <c r="G435" s="3"/>
       <c r="H435" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="3">
         <v>434</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C436" s="3">
-        <v>42219517</v>
+        <v>10310023707</v>
       </c>
       <c r="D436" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E436" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E436" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F436" s="3"/>
       <c r="G436" s="3"/>
       <c r="H436" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="3">
         <v>435</v>
       </c>
       <c r="B437" s="3" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="C437" s="3">
-        <v>42811803</v>
+        <v>10422278384</v>
       </c>
       <c r="D437" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E437" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E437" s="3" t="s">
+        <v>628</v>
+      </c>
       <c r="F437" s="3"/>
       <c r="G437" s="3"/>
       <c r="H437" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="3">
         <v>436</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="C438" s="3">
-        <v>40505562</v>
+        <v>46130922</v>
       </c>
       <c r="D438" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E438" s="3"/>
       <c r="F438" s="3"/>
       <c r="G438" s="3"/>
       <c r="H438" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="3">
         <v>437</v>
       </c>
       <c r="B439" s="3" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="C439" s="3">
-        <v>10476604422</v>
+        <v>20199911563</v>
       </c>
       <c r="D439" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>13</v>
+        <v>631</v>
       </c>
       <c r="F439" s="3"/>
       <c r="G439" s="3"/>
       <c r="H439" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="3">
         <v>438</v>
       </c>
       <c r="B440" s="3" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="C440" s="3">
-        <v>41842491</v>
+        <v>10463995066</v>
       </c>
       <c r="D440" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E440" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E440" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F440" s="3"/>
       <c r="G440" s="3"/>
       <c r="H440" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="3">
         <v>439</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="C441" s="3">
-        <v>46626691</v>
+        <v>10310071949</v>
       </c>
       <c r="D441" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E441" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E441" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F441" s="3"/>
       <c r="G441" s="3"/>
       <c r="H441" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="3">
         <v>440</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="C442" s="3">
-        <v>10310327722</v>
+        <v>10315442490</v>
       </c>
       <c r="D442" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E442" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F442" s="3"/>
       <c r="G442" s="3"/>
       <c r="H442" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="3">
         <v>441</v>
       </c>
       <c r="B443" s="3" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C443" s="3">
-        <v>10310354355</v>
+        <v>10442213378</v>
       </c>
       <c r="D443" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E443" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F443" s="3"/>
       <c r="G443" s="3"/>
       <c r="H443" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="3">
         <v>442</v>
       </c>
       <c r="B444" s="3" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="C444" s="3">
-        <v>10462895483</v>
+        <v>80072550</v>
       </c>
       <c r="D444" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E444" s="3"/>
       <c r="F444" s="3"/>
       <c r="G444" s="3"/>
       <c r="H444" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="3">
         <v>443</v>
       </c>
       <c r="B445" s="3" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="C445" s="3">
-        <v>10400779738</v>
+        <v>10310402848</v>
       </c>
       <c r="D445" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F445" s="3"/>
       <c r="G445" s="3"/>
       <c r="H445" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="3">
         <v>444</v>
       </c>
       <c r="B446" s="3" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="C446" s="3">
-        <v>40918646</v>
+        <v>42219517</v>
       </c>
       <c r="D446" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E446" s="3"/>
       <c r="F446" s="3"/>
       <c r="G446" s="3"/>
       <c r="H446" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="3">
         <v>445</v>
       </c>
       <c r="B447" s="3" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="C447" s="3">
-        <v>72392177</v>
+        <v>42811803</v>
       </c>
       <c r="D447" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E447" s="3"/>
       <c r="F447" s="3"/>
       <c r="G447" s="3"/>
       <c r="H447" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="3">
         <v>446</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="C448" s="3">
-        <v>31011438</v>
+        <v>40505562</v>
       </c>
       <c r="D448" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E448" s="3"/>
       <c r="F448" s="3"/>
       <c r="G448" s="3"/>
       <c r="H448" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="3">
         <v>447</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="C449" s="3">
-        <v>10452469681</v>
+        <v>10476604422</v>
       </c>
       <c r="D449" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F449" s="3"/>
       <c r="G449" s="3"/>
       <c r="H449" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="3">
         <v>448</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="C450" s="3">
-        <v>10310084005</v>
+        <v>41842491</v>
       </c>
       <c r="D450" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E450" s="3"/>
       <c r="F450" s="3"/>
       <c r="G450" s="3"/>
       <c r="H450" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="3">
         <v>449</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="C451" s="3">
-        <v>44843342</v>
+        <v>46626691</v>
       </c>
       <c r="D451" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E451" s="3"/>
       <c r="F451" s="3"/>
       <c r="G451" s="3"/>
       <c r="H451" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="3">
         <v>450</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="C452" s="3">
-        <v>40330747</v>
+        <v>10310327722</v>
       </c>
       <c r="D452" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E452" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E452" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F452" s="3"/>
       <c r="G452" s="3"/>
       <c r="H452" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="3">
         <v>451</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="C453" s="3">
-        <v>20405060</v>
+        <v>10310354355</v>
       </c>
       <c r="D453" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E453" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E453" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F453" s="3"/>
       <c r="G453" s="3"/>
       <c r="H453" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="3">
         <v>452</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="C454" s="3">
-        <v>31036671</v>
+        <v>10462895483</v>
       </c>
       <c r="D454" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E454" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E454" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F454" s="3"/>
       <c r="G454" s="3"/>
       <c r="H454" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="3">
         <v>453</v>
       </c>
       <c r="B455" s="3" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="C455" s="3">
-        <v>10426767215</v>
+        <v>10400779738</v>
       </c>
       <c r="D455" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F455" s="3"/>
       <c r="G455" s="3"/>
       <c r="H455" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="3">
         <v>454</v>
       </c>
       <c r="B456" s="3" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="C456" s="3">
-        <v>10310393644</v>
+        <v>40918646</v>
       </c>
       <c r="D456" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E456" s="3"/>
       <c r="F456" s="3"/>
       <c r="G456" s="3"/>
       <c r="H456" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="3">
         <v>455</v>
       </c>
       <c r="B457" s="3" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="C457" s="3">
-        <v>10238670476</v>
+        <v>72392177</v>
       </c>
       <c r="D457" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E457" s="3"/>
       <c r="F457" s="3"/>
       <c r="G457" s="3"/>
       <c r="H457" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="3">
         <v>456</v>
       </c>
       <c r="B458" s="3" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C458" s="3">
-        <v>10744002228</v>
+        <v>31011438</v>
       </c>
       <c r="D458" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E458" s="3"/>
       <c r="F458" s="3"/>
       <c r="G458" s="3"/>
       <c r="H458" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="3">
         <v>457</v>
       </c>
       <c r="B459" s="3" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="C459" s="3">
-        <v>25215087</v>
+        <v>10452469681</v>
       </c>
       <c r="D459" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E459" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E459" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F459" s="3"/>
       <c r="G459" s="3"/>
       <c r="H459" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="3">
         <v>458</v>
       </c>
       <c r="B460" s="3" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="C460" s="3">
-        <v>20608427172</v>
+        <v>10310084005</v>
       </c>
       <c r="D460" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>647</v>
+        <v>13</v>
       </c>
       <c r="F460" s="3"/>
       <c r="G460" s="3"/>
       <c r="H460" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="3">
         <v>459</v>
       </c>
       <c r="B461" s="3" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="C461" s="3">
-        <v>40127350</v>
+        <v>44843342</v>
       </c>
       <c r="D461" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E461" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E461" s="3"/>
       <c r="F461" s="3"/>
       <c r="G461" s="3"/>
       <c r="H461" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="3">
         <v>460</v>
       </c>
       <c r="B462" s="3" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="C462" s="3">
-        <v>10718309196</v>
+        <v>40330747</v>
       </c>
       <c r="D462" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E462" s="3"/>
       <c r="F462" s="3"/>
       <c r="G462" s="3"/>
       <c r="H462" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="3">
         <v>461</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="C463" s="3">
-        <v>10310425694</v>
+        <v>20405060</v>
       </c>
       <c r="D463" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E463" s="3"/>
       <c r="F463" s="3"/>
       <c r="G463" s="3"/>
       <c r="H463" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="3">
         <v>462</v>
       </c>
       <c r="B464" s="3" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C464" s="3">
-        <v>31024333</v>
+        <v>31036671</v>
       </c>
       <c r="D464" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E464" s="3"/>
       <c r="F464" s="3"/>
       <c r="G464" s="3"/>
       <c r="H464" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="3">
         <v>463</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C465" s="3">
-        <v>31359318</v>
+        <v>10426767215</v>
       </c>
       <c r="D465" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E465" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E465" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F465" s="3"/>
       <c r="G465" s="3"/>
       <c r="H465" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="3">
         <v>464</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="C466" s="3">
-        <v>20601803501</v>
+        <v>10310393644</v>
       </c>
       <c r="D466" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>655</v>
+        <v>13</v>
       </c>
       <c r="F466" s="3"/>
       <c r="G466" s="3"/>
       <c r="H466" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="3">
         <v>465</v>
       </c>
       <c r="B467" s="3" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="C467" s="3">
-        <v>44744130</v>
+        <v>10238670476</v>
       </c>
       <c r="D467" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E467" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E467" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F467" s="3"/>
       <c r="G467" s="3"/>
       <c r="H467" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="3">
         <v>466</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="C468" s="3">
-        <v>20399954682</v>
+        <v>10744002228</v>
       </c>
       <c r="D468" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>658</v>
+        <v>13</v>
       </c>
       <c r="F468" s="3"/>
       <c r="G468" s="3"/>
       <c r="H468" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="3">
         <v>467</v>
       </c>
       <c r="B469" s="3" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="C469" s="3">
-        <v>20608944533</v>
+        <v>25215087</v>
       </c>
       <c r="D469" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E469" s="3"/>
       <c r="F469" s="3"/>
       <c r="G469" s="3"/>
       <c r="H469" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="3">
         <v>468</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C470" s="3">
-        <v>20524605903</v>
+        <v>20607131351</v>
       </c>
       <c r="D470" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="F470" s="3"/>
       <c r="G470" s="3"/>
       <c r="H470" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="3">
         <v>469</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C471" s="3">
-        <v>20603716834</v>
+        <v>20608427172</v>
       </c>
       <c r="D471" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="F471" s="3"/>
       <c r="G471" s="3"/>
       <c r="H471" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="3">
         <v>470</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="C472" s="3" t="s">
         <v>666</v>
+      </c>
+      <c r="C472" s="3">
+        <v>40127350</v>
       </c>
       <c r="D472" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E472" s="3" t="s">
         <v>667</v>
       </c>
       <c r="F472" s="3"/>
       <c r="G472" s="3"/>
       <c r="H472" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="3">
         <v>471</v>
       </c>
       <c r="B473" s="3" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="C473" s="3">
-        <v>31078560</v>
+        <v>10718309196</v>
       </c>
       <c r="D473" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E473" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E473" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F473" s="3"/>
       <c r="G473" s="3"/>
       <c r="H473" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="3">
         <v>472</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-        <v>668</v>
+        <v>669</v>
+      </c>
+      <c r="C474" s="3">
+        <v>10310425694</v>
       </c>
       <c r="D474" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E474" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E474" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F474" s="3"/>
       <c r="G474" s="3"/>
       <c r="H474" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="3">
         <v>473</v>
       </c>
       <c r="B475" s="3" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="C475" s="3">
-        <v>20000982</v>
+        <v>31024333</v>
       </c>
       <c r="D475" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E475" s="3"/>
       <c r="F475" s="3"/>
       <c r="G475" s="3"/>
       <c r="H475" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="3">
         <v>474</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-        <v>669</v>
+        <v>671</v>
+      </c>
+      <c r="C476" s="3">
+        <v>31359318</v>
       </c>
       <c r="D476" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E476" s="3"/>
       <c r="F476" s="3"/>
       <c r="G476" s="3"/>
       <c r="H476" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="3">
         <v>475</v>
       </c>
       <c r="B477" s="3" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-        <v>671</v>
+        <v>672</v>
+      </c>
+      <c r="C477" s="3">
+        <v>20601803501</v>
       </c>
       <c r="D477" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>386</v>
+        <v>673</v>
       </c>
       <c r="F477" s="3"/>
       <c r="G477" s="3"/>
       <c r="H477" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="3">
         <v>476</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C478" s="3">
-        <v>10762346562</v>
+        <v>44744130</v>
       </c>
       <c r="D478" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E478" s="3"/>
       <c r="F478" s="3"/>
       <c r="G478" s="3"/>
       <c r="H478" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="3">
         <v>477</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="C479" s="3">
-        <v>10806227647</v>
+        <v>20399954682</v>
       </c>
       <c r="D479" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>13</v>
+        <v>676</v>
       </c>
       <c r="F479" s="3"/>
       <c r="G479" s="3"/>
       <c r="H479" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="3">
         <v>478</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C480" s="3">
-        <v>10480015083</v>
+        <v>20608944533</v>
       </c>
       <c r="D480" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>13</v>
+        <v>678</v>
       </c>
       <c r="F480" s="3"/>
       <c r="G480" s="3"/>
       <c r="H480" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="3">
         <v>479</v>
       </c>
       <c r="B481" s="3" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="C481" s="3">
-        <v>10706708087</v>
+        <v>20524605903</v>
       </c>
       <c r="D481" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>13</v>
+        <v>680</v>
       </c>
       <c r="F481" s="3"/>
       <c r="G481" s="3"/>
       <c r="H481" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="3">
         <v>480</v>
       </c>
       <c r="B482" s="3" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="C482" s="3">
-        <v>10310437676</v>
+        <v>20603716834</v>
       </c>
       <c r="D482" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>13</v>
+        <v>682</v>
       </c>
       <c r="F482" s="3"/>
       <c r="G482" s="3"/>
       <c r="H482" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="3">
         <v>481</v>
       </c>
       <c r="B483" s="3" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-        <v>10425613524</v>
+        <v>683</v>
+      </c>
+      <c r="C483" s="3" t="s">
+        <v>684</v>
       </c>
       <c r="D483" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>13</v>
+        <v>685</v>
       </c>
       <c r="F483" s="3"/>
       <c r="G483" s="3"/>
       <c r="H483" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="3">
         <v>482</v>
       </c>
       <c r="B484" s="3" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="C484" s="3">
-        <v>41202596</v>
+        <v>31078560</v>
       </c>
       <c r="D484" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E484" s="3"/>
       <c r="F484" s="3"/>
       <c r="G484" s="3"/>
       <c r="H484" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="3">
         <v>483</v>
       </c>
       <c r="B485" s="3" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>10310401434</v>
+        <v>683</v>
+      </c>
+      <c r="C485" s="3" t="s">
+        <v>686</v>
       </c>
       <c r="D485" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E485" s="3"/>
       <c r="F485" s="3"/>
       <c r="G485" s="3"/>
       <c r="H485" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="3">
         <v>484</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-        <v>42569349</v>
+        <v>683</v>
+      </c>
+      <c r="C486" s="3" t="s">
+        <v>687</v>
       </c>
       <c r="D486" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E486" s="3"/>
       <c r="F486" s="3"/>
       <c r="G486" s="3"/>
       <c r="H486" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="3">
         <v>485</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C487" s="3">
-        <v>23845418</v>
+        <v>20000982</v>
       </c>
       <c r="D487" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E487" s="3"/>
       <c r="F487" s="3"/>
       <c r="G487" s="3"/>
       <c r="H487" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="3">
         <v>486</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-        <v>31000384</v>
+        <v>688</v>
+      </c>
+      <c r="C488" s="3" t="s">
+        <v>689</v>
       </c>
       <c r="D488" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E488" s="3"/>
+      <c r="E488" s="3" t="s">
+        <v>395</v>
+      </c>
       <c r="F488" s="3"/>
       <c r="G488" s="3"/>
       <c r="H488" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="3">
         <v>487</v>
       </c>
       <c r="B489" s="3" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="C489" s="3">
-        <v>20606055952</v>
+        <v>42642544</v>
       </c>
       <c r="D489" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E489" s="3"/>
       <c r="F489" s="3"/>
       <c r="G489" s="3"/>
       <c r="H489" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="3">
         <v>488</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="C490" s="3">
-        <v>20606055952</v>
+        <v>10762346562</v>
       </c>
       <c r="D490" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E490" s="3"/>
+      <c r="E490" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F490" s="3"/>
       <c r="G490" s="3"/>
       <c r="H490" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="3">
         <v>489</v>
       </c>
       <c r="B491" s="3" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="C491" s="3">
-        <v>20602001602</v>
+        <v>10806227647</v>
       </c>
       <c r="D491" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>687</v>
+        <v>13</v>
       </c>
       <c r="F491" s="3"/>
       <c r="G491" s="3"/>
       <c r="H491" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="3">
         <v>490</v>
       </c>
       <c r="B492" s="3" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="C492" s="3">
-        <v>47559774</v>
+        <v>10480015083</v>
       </c>
       <c r="D492" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E492" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E492" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F492" s="3"/>
       <c r="G492" s="3"/>
       <c r="H492" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="3">
         <v>491</v>
       </c>
       <c r="B493" s="3" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="C493" s="3">
-        <v>73064522</v>
+        <v>10706708087</v>
       </c>
       <c r="D493" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E493" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E493" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F493" s="3"/>
       <c r="G493" s="3"/>
       <c r="H493" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="3">
         <v>492</v>
       </c>
       <c r="B494" s="3" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="C494" s="3">
-        <v>80121701</v>
+        <v>10310437676</v>
       </c>
       <c r="D494" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E494" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E494" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F494" s="3"/>
       <c r="G494" s="3"/>
       <c r="H494" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="3">
         <v>493</v>
       </c>
       <c r="B495" s="3" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="C495" s="3">
-        <v>61575213</v>
+        <v>10425613524</v>
       </c>
       <c r="D495" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E495" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E495" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F495" s="3"/>
       <c r="G495" s="3"/>
       <c r="H495" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="3">
         <v>494</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="C496" s="3">
-        <v>80019514</v>
+        <v>41202596</v>
       </c>
       <c r="D496" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E496" s="3"/>
       <c r="F496" s="3"/>
       <c r="G496" s="3"/>
       <c r="H496" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="3">
         <v>495</v>
       </c>
       <c r="B497" s="3" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="C497" s="3">
-        <v>10076423283</v>
+        <v>10310401434</v>
       </c>
       <c r="D497" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>13</v>
+        <v>699</v>
       </c>
       <c r="F497" s="3"/>
       <c r="G497" s="3"/>
       <c r="H497" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="3">
         <v>496</v>
       </c>
       <c r="B498" s="3" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="C498" s="3">
-        <v>10069383918</v>
+        <v>42569349</v>
       </c>
       <c r="D498" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E498" s="3"/>
       <c r="F498" s="3"/>
       <c r="G498" s="3"/>
       <c r="H498" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="3">
         <v>497</v>
       </c>
       <c r="B499" s="3" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="C499" s="3">
-        <v>20490893254</v>
+        <v>23845418</v>
       </c>
       <c r="D499" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E499" s="3"/>
       <c r="F499" s="3"/>
       <c r="G499" s="3"/>
       <c r="H499" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="3">
         <v>498</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="C500" s="3">
-        <v>47589451</v>
+        <v>42211987</v>
       </c>
       <c r="D500" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E500" s="3"/>
       <c r="F500" s="3"/>
       <c r="G500" s="3"/>
       <c r="H500" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="3">
         <v>499</v>
       </c>
       <c r="B501" s="3" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="C501" s="3">
-        <v>10310045361</v>
+        <v>31000384</v>
       </c>
       <c r="D501" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E501" s="3"/>
       <c r="F501" s="3"/>
       <c r="G501" s="3"/>
       <c r="H501" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="3">
         <v>500</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="C502" s="3">
-        <v>20601330645</v>
+        <v>20606055952</v>
       </c>
       <c r="D502" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E502" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E502" s="3"/>
       <c r="F502" s="3"/>
       <c r="G502" s="3"/>
       <c r="H502" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="3">
         <v>501</v>
       </c>
       <c r="B503" s="3" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="C503" s="3">
-        <v>10310343264</v>
+        <v>20606055952</v>
       </c>
       <c r="D503" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>13</v>
+        <v>705</v>
       </c>
       <c r="F503" s="3"/>
       <c r="G503" s="3"/>
       <c r="H503" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="3">
         <v>502</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="C504" s="3">
-        <v>70384190</v>
+        <v>20602001602</v>
       </c>
       <c r="D504" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E504" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E504" s="3" t="s">
+        <v>707</v>
+      </c>
       <c r="F504" s="3"/>
       <c r="G504" s="3"/>
       <c r="H504" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="3">
         <v>503</v>
       </c>
       <c r="B505" s="3" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="C505" s="3">
-        <v>31044116</v>
+        <v>47559774</v>
       </c>
       <c r="D505" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E505" s="3"/>
       <c r="F505" s="3"/>
       <c r="G505" s="3"/>
       <c r="H505" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="3">
         <v>504</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="C506" s="3">
-        <v>46235610</v>
+        <v>73064522</v>
       </c>
       <c r="D506" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E506" s="3"/>
       <c r="F506" s="3"/>
       <c r="G506" s="3"/>
       <c r="H506" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="3">
         <v>505</v>
       </c>
       <c r="B507" s="3" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="C507" s="3">
-        <v>47520454</v>
+        <v>80121701</v>
       </c>
       <c r="D507" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E507" s="3"/>
       <c r="F507" s="3"/>
       <c r="G507" s="3"/>
       <c r="H507" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="3">
         <v>506</v>
       </c>
       <c r="B508" s="3" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="C508" s="3">
-        <v>42346405</v>
+        <v>61575213</v>
       </c>
       <c r="D508" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E508" s="3"/>
       <c r="F508" s="3"/>
       <c r="G508" s="3"/>
       <c r="H508" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="3">
         <v>507</v>
       </c>
       <c r="B509" s="3" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="C509" s="3">
-        <v>31031133</v>
+        <v>80019514</v>
       </c>
       <c r="D509" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E509" s="3"/>
       <c r="F509" s="3"/>
       <c r="G509" s="3"/>
       <c r="H509" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="3">
         <v>508</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="C510" s="3">
-        <v>31029540</v>
+        <v>10076423283</v>
       </c>
       <c r="D510" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E510" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E510" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F510" s="3"/>
       <c r="G510" s="3"/>
       <c r="H510" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="3">
         <v>509</v>
       </c>
       <c r="B511" s="3" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="C511" s="3">
-        <v>31011738</v>
+        <v>10069383918</v>
       </c>
       <c r="D511" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E511" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E511" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F511" s="3"/>
       <c r="G511" s="3"/>
       <c r="H511" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="3">
         <v>510</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="C512" s="3">
-        <v>31045349</v>
+        <v>20490893254</v>
       </c>
       <c r="D512" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E512" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E512" s="3" t="s">
+        <v>716</v>
+      </c>
       <c r="F512" s="3"/>
       <c r="G512" s="3"/>
       <c r="H512" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="3">
         <v>511</v>
       </c>
       <c r="B513" s="3" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="C513" s="3">
-        <v>31084537</v>
+        <v>47589451</v>
       </c>
       <c r="D513" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E513" s="3"/>
       <c r="F513" s="3"/>
       <c r="G513" s="3"/>
       <c r="H513" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="3">
         <v>512</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>713</v>
+        <v>718</v>
+      </c>
+      <c r="C514" s="3">
+        <v>10310045361</v>
       </c>
       <c r="D514" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E514" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E514" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F514" s="3"/>
       <c r="G514" s="3"/>
       <c r="H514" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="3">
         <v>513</v>
       </c>
       <c r="B515" s="3" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="C515" s="3">
-        <v>70425344</v>
+        <v>23982306</v>
       </c>
       <c r="D515" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E515" s="3"/>
       <c r="F515" s="3"/>
       <c r="G515" s="3"/>
       <c r="H515" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="3">
         <v>514</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="C516" s="3">
-        <v>10310329997</v>
+        <v>20601330645</v>
       </c>
       <c r="D516" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>13</v>
+        <v>721</v>
       </c>
       <c r="F516" s="3"/>
       <c r="G516" s="3"/>
       <c r="H516" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="3">
         <v>515</v>
       </c>
       <c r="B517" s="3" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="C517" s="3">
-        <v>20607415324</v>
+        <v>10310343264</v>
       </c>
       <c r="D517" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>717</v>
+        <v>13</v>
       </c>
       <c r="F517" s="3"/>
       <c r="G517" s="3"/>
       <c r="H517" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="3">
         <v>516</v>
       </c>
       <c r="B518" s="3" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="C518" s="3">
-        <v>10434717065</v>
+        <v>10393253</v>
       </c>
       <c r="D518" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E518" s="3"/>
       <c r="F518" s="3"/>
       <c r="G518" s="3"/>
       <c r="H518" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="3">
         <v>517</v>
       </c>
       <c r="B519" s="3" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="C519" s="3">
-        <v>10800734512</v>
+        <v>70384190</v>
       </c>
       <c r="D519" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E519" s="3"/>
       <c r="F519" s="3"/>
       <c r="G519" s="3"/>
       <c r="H519" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="3">
         <v>518</v>
       </c>
       <c r="B520" s="3" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="C520" s="3">
-        <v>20604497389</v>
+        <v>31044116</v>
       </c>
       <c r="D520" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E520" s="3"/>
       <c r="F520" s="3"/>
       <c r="G520" s="3"/>
       <c r="H520" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="3">
         <v>519</v>
       </c>
       <c r="B521" s="3" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C521" s="3">
-        <v>42211987</v>
+        <v>46235610</v>
       </c>
       <c r="D521" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E521" s="3"/>
       <c r="F521" s="3"/>
       <c r="G521" s="3"/>
       <c r="H521" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="3">
         <v>520</v>
       </c>
       <c r="B522" s="3" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="C522" s="3">
-        <v>10442212983</v>
+        <v>47520454</v>
       </c>
       <c r="D522" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E522" s="3"/>
       <c r="F522" s="3"/>
       <c r="G522" s="3"/>
       <c r="H522" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="3">
         <v>521</v>
       </c>
       <c r="B523" s="3" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="C523" s="3">
-        <v>10463097530</v>
+        <v>42346405</v>
       </c>
       <c r="D523" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E523" s="3"/>
       <c r="F523" s="3"/>
       <c r="G523" s="3"/>
       <c r="H523" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="3">
         <v>522</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>725</v>
-[...2 lines deleted...]
-        <v>726</v>
+        <v>729</v>
+      </c>
+      <c r="C524" s="3">
+        <v>31031133</v>
       </c>
       <c r="D524" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E524" s="3"/>
       <c r="F524" s="3"/>
       <c r="G524" s="3"/>
       <c r="H524" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="3">
         <v>523</v>
       </c>
       <c r="B525" s="3" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="C525" s="3">
-        <v>31013894</v>
+        <v>31029540</v>
       </c>
       <c r="D525" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E525" s="3"/>
       <c r="F525" s="3"/>
       <c r="G525" s="3"/>
       <c r="H525" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="3">
         <v>524</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="C526" s="3">
-        <v>10771295512</v>
+        <v>31011738</v>
       </c>
       <c r="D526" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E526" s="3"/>
       <c r="F526" s="3"/>
       <c r="G526" s="3"/>
       <c r="H526" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="3">
         <v>525</v>
       </c>
       <c r="B527" s="3" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C527" s="3">
-        <v>21471951</v>
+        <v>31045349</v>
       </c>
       <c r="D527" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E527" s="3"/>
       <c r="F527" s="3"/>
       <c r="G527" s="3"/>
       <c r="H527" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="3">
         <v>526</v>
       </c>
       <c r="B528" s="3" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="C528" s="3">
-        <v>71312868</v>
+        <v>31084537</v>
       </c>
       <c r="D528" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E528" s="3"/>
       <c r="F528" s="3"/>
       <c r="G528" s="3"/>
       <c r="H528" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="3">
         <v>527</v>
       </c>
       <c r="B529" s="3" t="s">
-        <v>731</v>
-[...2 lines deleted...]
-        <v>20505208626</v>
+        <v>734</v>
+      </c>
+      <c r="C529" s="3" t="s">
+        <v>735</v>
       </c>
       <c r="D529" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E529" s="3"/>
       <c r="F529" s="3"/>
       <c r="G529" s="3"/>
       <c r="H529" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="3">
         <v>528</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="C530" s="3">
-        <v>74641588</v>
+        <v>70425344</v>
       </c>
       <c r="D530" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E530" s="3"/>
       <c r="F530" s="3"/>
       <c r="G530" s="3"/>
       <c r="H530" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="3">
         <v>529</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="C531" s="3">
-        <v>20131376503</v>
+        <v>10310329997</v>
       </c>
       <c r="D531" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>735</v>
+        <v>13</v>
       </c>
       <c r="F531" s="3"/>
       <c r="G531" s="3"/>
       <c r="H531" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="3">
         <v>530</v>
       </c>
       <c r="B532" s="3" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C532" s="3">
-        <v>20609098890</v>
+        <v>20607415324</v>
       </c>
       <c r="D532" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="F532" s="3"/>
       <c r="G532" s="3"/>
       <c r="H532" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="3">
         <v>531</v>
       </c>
       <c r="B533" s="3" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C533" s="3">
-        <v>20226916947</v>
+        <v>10434717065</v>
       </c>
       <c r="D533" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>739</v>
+        <v>13</v>
       </c>
       <c r="F533" s="3"/>
       <c r="G533" s="3"/>
       <c r="H533" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="3">
         <v>532</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C534" s="3">
-        <v>10413924338</v>
+        <v>10800734512</v>
       </c>
       <c r="D534" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E534" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F534" s="3"/>
       <c r="G534" s="3"/>
       <c r="H534" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="3">
         <v>533</v>
       </c>
       <c r="B535" s="3" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C535" s="3">
-        <v>20530932487</v>
+        <v>20604497389</v>
       </c>
       <c r="D535" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="F535" s="3"/>
       <c r="G535" s="3"/>
       <c r="H535" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="3">
         <v>534</v>
       </c>
       <c r="B536" s="3" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C536" s="3">
-        <v>15485459399</v>
+        <v>10442212983</v>
       </c>
       <c r="D536" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E536" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F536" s="3"/>
       <c r="G536" s="3"/>
       <c r="H536" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="3">
         <v>535</v>
       </c>
       <c r="B537" s="3" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C537" s="3">
-        <v>42155585</v>
+        <v>10463097530</v>
       </c>
       <c r="D537" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E537" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E537" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F537" s="3"/>
       <c r="G537" s="3"/>
       <c r="H537" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="3">
         <v>536</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-        <v>42339148</v>
+        <v>746</v>
+      </c>
+      <c r="C538" s="3" t="s">
+        <v>747</v>
       </c>
       <c r="D538" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E538" s="3"/>
       <c r="F538" s="3"/>
       <c r="G538" s="3"/>
       <c r="H538" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="3">
         <v>537</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C539" s="3">
-        <v>20214751811</v>
+        <v>31013894</v>
       </c>
       <c r="D539" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E539" s="3"/>
       <c r="F539" s="3"/>
       <c r="G539" s="3"/>
       <c r="H539" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="3">
         <v>538</v>
       </c>
       <c r="B540" s="3" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C540" s="3">
-        <v>20111284084</v>
+        <v>10771295512</v>
       </c>
       <c r="D540" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>749</v>
+        <v>13</v>
       </c>
       <c r="F540" s="3"/>
       <c r="G540" s="3"/>
       <c r="H540" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="3">
         <v>539</v>
       </c>
       <c r="B541" s="3" t="s">
         <v>750</v>
       </c>
       <c r="C541" s="3">
-        <v>10420720977</v>
+        <v>21471951</v>
       </c>
       <c r="D541" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E541" s="3"/>
       <c r="F541" s="3"/>
       <c r="G541" s="3"/>
       <c r="H541" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="3">
         <v>540</v>
       </c>
       <c r="B542" s="3" t="s">
         <v>751</v>
       </c>
       <c r="C542" s="3">
-        <v>10315526537</v>
+        <v>71312868</v>
       </c>
       <c r="D542" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E542" s="3"/>
       <c r="F542" s="3"/>
       <c r="G542" s="3"/>
       <c r="H542" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="3">
         <v>541</v>
       </c>
       <c r="B543" s="3" t="s">
         <v>752</v>
       </c>
       <c r="C543" s="3">
-        <v>10282430521</v>
+        <v>20505208626</v>
       </c>
       <c r="D543" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>13</v>
+        <v>753</v>
       </c>
       <c r="F543" s="3"/>
       <c r="G543" s="3"/>
       <c r="H543" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="3">
         <v>542</v>
       </c>
       <c r="B544" s="3" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C544" s="3">
-        <v>47424264</v>
+        <v>74641588</v>
       </c>
       <c r="D544" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E544" s="3"/>
       <c r="F544" s="3"/>
       <c r="G544" s="3"/>
       <c r="H544" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="3">
         <v>543</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C545" s="3">
-        <v>41842481</v>
+        <v>20131376503</v>
       </c>
       <c r="D545" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E545" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E545" s="3" t="s">
+        <v>756</v>
+      </c>
       <c r="F545" s="3"/>
       <c r="G545" s="3"/>
       <c r="H545" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="3">
         <v>544</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C546" s="3">
-        <v>10310128045</v>
+        <v>20131377810</v>
       </c>
       <c r="D546" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="F546" s="3"/>
       <c r="G546" s="3"/>
       <c r="H546" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="3">
         <v>545</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C547" s="3">
-        <v>10310045778</v>
+        <v>20609098890</v>
       </c>
       <c r="D547" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>13</v>
+        <v>760</v>
       </c>
       <c r="F547" s="3"/>
       <c r="G547" s="3"/>
       <c r="H547" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="3">
         <v>546</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="C548" s="3">
-        <v>10421580605</v>
+        <v>20226916947</v>
       </c>
       <c r="D548" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>13</v>
+        <v>762</v>
       </c>
       <c r="F548" s="3"/>
       <c r="G548" s="3"/>
       <c r="H548" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="3">
         <v>547</v>
       </c>
       <c r="B549" s="3" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="C549" s="3">
-        <v>20100147514</v>
+        <v>10413924338</v>
       </c>
       <c r="D549" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>760</v>
+        <v>13</v>
       </c>
       <c r="F549" s="3"/>
       <c r="G549" s="3"/>
       <c r="H549" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="3">
         <v>548</v>
       </c>
       <c r="B550" s="3" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="C550" s="3">
-        <v>20606810530</v>
+        <v>20530932487</v>
       </c>
       <c r="D550" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="F550" s="3"/>
       <c r="G550" s="3"/>
       <c r="H550" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="3">
         <v>549</v>
       </c>
       <c r="B551" s="3" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="C551" s="3">
-        <v>10247126975</v>
+        <v>15485459399</v>
       </c>
       <c r="D551" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E551" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F551" s="3"/>
       <c r="G551" s="3"/>
       <c r="H551" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="3">
         <v>550</v>
       </c>
       <c r="B552" s="3" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C552" s="3">
-        <v>20613793357</v>
+        <v>42155585</v>
       </c>
       <c r="D552" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E552" s="3"/>
       <c r="F552" s="3"/>
       <c r="G552" s="3"/>
       <c r="H552" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="3">
         <v>551</v>
       </c>
       <c r="B553" s="3" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="C553" s="3">
-        <v>20601093163</v>
+        <v>42339148</v>
       </c>
       <c r="D553" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E553" s="3"/>
       <c r="F553" s="3"/>
       <c r="G553" s="3"/>
       <c r="H553" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="3">
         <v>552</v>
       </c>
       <c r="B554" s="3" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C554" s="3">
-        <v>31045578</v>
+        <v>20214751811</v>
       </c>
       <c r="D554" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="F554" s="3"/>
       <c r="G554" s="3"/>
       <c r="H554" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="3">
         <v>553</v>
       </c>
       <c r="B555" s="3" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C555" s="3">
-        <v>10310247001</v>
+        <v>20111284084</v>
       </c>
       <c r="D555" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>13</v>
+        <v>772</v>
       </c>
       <c r="F555" s="3"/>
       <c r="G555" s="3"/>
       <c r="H555" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="3">
         <v>554</v>
       </c>
       <c r="B556" s="3" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="C556" s="3">
-        <v>10425936838</v>
+        <v>10420720977</v>
       </c>
       <c r="D556" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E556" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F556" s="3"/>
       <c r="G556" s="3"/>
       <c r="H556" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="3">
         <v>555</v>
       </c>
       <c r="B557" s="3" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C557" s="3">
-        <v>31036524</v>
+        <v>10315526537</v>
       </c>
       <c r="D557" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E557" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E557" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F557" s="3"/>
       <c r="G557" s="3"/>
       <c r="H557" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="3">
         <v>556</v>
       </c>
       <c r="B558" s="3" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="C558" s="3">
-        <v>20610905090</v>
+        <v>10282430521</v>
       </c>
       <c r="D558" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>774</v>
+        <v>13</v>
       </c>
       <c r="F558" s="3"/>
       <c r="G558" s="3"/>
       <c r="H558" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="3">
         <v>557</v>
       </c>
       <c r="B559" s="3" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C559" s="3">
-        <v>10745887444</v>
+        <v>47424264</v>
       </c>
       <c r="D559" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E559" s="3"/>
       <c r="F559" s="3"/>
       <c r="G559" s="3"/>
       <c r="H559" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="3">
         <v>558</v>
       </c>
       <c r="B560" s="3" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C560" s="3">
-        <v>20601515548</v>
+        <v>41842481</v>
       </c>
       <c r="D560" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E560" s="3"/>
       <c r="F560" s="3"/>
       <c r="G560" s="3"/>
       <c r="H560" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="3">
         <v>559</v>
       </c>
       <c r="B561" s="3" t="s">
         <v>778</v>
       </c>
       <c r="C561" s="3">
-        <v>20443178342</v>
+        <v>10310128045</v>
       </c>
       <c r="D561" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E561" s="3" t="s">
         <v>779</v>
       </c>
       <c r="F561" s="3"/>
       <c r="G561" s="3"/>
       <c r="H561" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="3">
         <v>560</v>
       </c>
       <c r="B562" s="3" t="s">
         <v>780</v>
       </c>
       <c r="C562" s="3">
-        <v>20100227461</v>
+        <v>10310045778</v>
       </c>
       <c r="D562" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>781</v>
+        <v>13</v>
       </c>
       <c r="F562" s="3"/>
       <c r="G562" s="3"/>
       <c r="H562" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="3">
         <v>561</v>
       </c>
       <c r="B563" s="3" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="C563" s="3">
-        <v>20601081726</v>
+        <v>10421580605</v>
       </c>
       <c r="D563" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>783</v>
+        <v>13</v>
       </c>
       <c r="F563" s="3"/>
       <c r="G563" s="3"/>
       <c r="H563" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="3">
         <v>562</v>
       </c>
       <c r="B564" s="3" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="C564" s="3">
-        <v>20564108724</v>
+        <v>20100147514</v>
       </c>
       <c r="D564" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="F564" s="3"/>
       <c r="G564" s="3"/>
       <c r="H564" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="3">
         <v>563</v>
       </c>
       <c r="B565" s="3" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="C565" s="3">
-        <v>43222353</v>
+        <v>20606810530</v>
       </c>
       <c r="D565" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E565" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E565" s="3" t="s">
+        <v>785</v>
+      </c>
       <c r="F565" s="3"/>
       <c r="G565" s="3"/>
       <c r="H565" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="3">
         <v>564</v>
       </c>
       <c r="B566" s="3" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="C566" s="3">
-        <v>40140419</v>
+        <v>10247126975</v>
       </c>
       <c r="D566" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E566" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E566" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F566" s="3"/>
       <c r="G566" s="3"/>
       <c r="H566" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="3">
         <v>565</v>
       </c>
       <c r="B567" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="C567" s="3">
+        <v>20536902385</v>
+      </c>
+      <c r="D567" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E567" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="C567" s="3">
-[...5 lines deleted...]
-      <c r="E567" s="3"/>
       <c r="F567" s="3"/>
       <c r="G567" s="3"/>
       <c r="H567" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="3">
         <v>566</v>
       </c>
       <c r="B568" s="3" t="s">
         <v>789</v>
       </c>
       <c r="C568" s="3">
-        <v>20490983598</v>
+        <v>20613793357</v>
       </c>
       <c r="D568" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E568" s="3" t="s">
         <v>790</v>
       </c>
       <c r="F568" s="3"/>
       <c r="G568" s="3"/>
       <c r="H568" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="3">
         <v>567</v>
       </c>
       <c r="B569" s="3" t="s">
         <v>791</v>
       </c>
       <c r="C569" s="3">
-        <v>20104985204</v>
+        <v>20601093163</v>
       </c>
       <c r="D569" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E569" s="3" t="s">
         <v>792</v>
       </c>
       <c r="F569" s="3"/>
       <c r="G569" s="3"/>
       <c r="H569" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
         <v>793</v>
       </c>
       <c r="C570" s="3">
-        <v>72259889</v>
+        <v>31045578</v>
       </c>
       <c r="D570" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E570" s="3"/>
+      <c r="E570" s="3" t="s">
+        <v>794</v>
+      </c>
       <c r="F570" s="3"/>
       <c r="G570" s="3"/>
       <c r="H570" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="3">
         <v>569</v>
       </c>
       <c r="B571" s="3" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C571" s="3">
-        <v>10310314299</v>
+        <v>10310247001</v>
       </c>
       <c r="D571" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E571" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F571" s="3"/>
       <c r="G571" s="3"/>
       <c r="H571" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="3">
         <v>570</v>
       </c>
       <c r="B572" s="3" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C572" s="3">
-        <v>20600792378</v>
+        <v>10425936838</v>
       </c>
       <c r="D572" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>796</v>
+        <v>13</v>
       </c>
       <c r="F572" s="3"/>
       <c r="G572" s="3"/>
       <c r="H572" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="3">
         <v>571</v>
       </c>
       <c r="B573" s="3" t="s">
         <v>797</v>
       </c>
       <c r="C573" s="3">
-        <v>10310135564</v>
+        <v>31036524</v>
       </c>
       <c r="D573" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E573" s="3"/>
       <c r="F573" s="3"/>
       <c r="G573" s="3"/>
       <c r="H573" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="3">
         <v>572</v>
       </c>
       <c r="B574" s="3" t="s">
         <v>798</v>
       </c>
       <c r="C574" s="3">
-        <v>23978839</v>
+        <v>20610905090</v>
       </c>
       <c r="D574" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E574" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E574" s="3" t="s">
+        <v>799</v>
+      </c>
       <c r="F574" s="3"/>
       <c r="G574" s="3"/>
       <c r="H574" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="3">
         <v>573</v>
       </c>
       <c r="B575" s="3" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C575" s="3">
-        <v>10313473207</v>
+        <v>10745887444</v>
       </c>
       <c r="D575" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E575" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F575" s="3"/>
       <c r="G575" s="3"/>
       <c r="H575" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="3">
         <v>574</v>
       </c>
       <c r="B576" s="3" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C576" s="3">
-        <v>20549420363</v>
+        <v>20601515548</v>
       </c>
       <c r="D576" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="F576" s="3"/>
       <c r="G576" s="3"/>
       <c r="H576" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="3">
         <v>575</v>
       </c>
       <c r="B577" s="3" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C577" s="3">
-        <v>20609324423</v>
+        <v>20443178342</v>
       </c>
       <c r="D577" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="F577" s="3"/>
       <c r="G577" s="3"/>
       <c r="H577" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="3">
         <v>576</v>
       </c>
       <c r="B578" s="3" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C578" s="3">
-        <v>20450656349</v>
+        <v>20100227461</v>
       </c>
       <c r="D578" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="F578" s="3"/>
       <c r="G578" s="3"/>
       <c r="H578" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="3">
         <v>577</v>
       </c>
       <c r="B579" s="3" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C579" s="3">
-        <v>20564069303</v>
+        <v>20601081726</v>
       </c>
       <c r="D579" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E579" s="3" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="F579" s="3"/>
       <c r="G579" s="3"/>
       <c r="H579" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="3">
         <v>578</v>
       </c>
       <c r="B580" s="3" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C580" s="3">
-        <v>40574966</v>
+        <v>20564108724</v>
       </c>
       <c r="D580" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E580" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E580" s="3" t="s">
+        <v>810</v>
+      </c>
       <c r="F580" s="3"/>
       <c r="G580" s="3"/>
       <c r="H580" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="3">
         <v>579</v>
       </c>
       <c r="B581" s="3" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="C581" s="3">
-        <v>31139271</v>
+        <v>43222353</v>
       </c>
       <c r="D581" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E581" s="3"/>
       <c r="F581" s="3"/>
       <c r="G581" s="3"/>
       <c r="H581" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="3">
         <v>580</v>
       </c>
       <c r="B582" s="3" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C582" s="3">
-        <v>31007267</v>
+        <v>40140419</v>
       </c>
       <c r="D582" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E582" s="3"/>
       <c r="F582" s="3"/>
       <c r="G582" s="3"/>
       <c r="H582" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="3">
         <v>581</v>
       </c>
       <c r="B583" s="3" t="s">
-        <v>811</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>813</v>
+      </c>
+      <c r="C583" s="3">
+        <v>98367669</v>
       </c>
       <c r="D583" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E583" s="3"/>
       <c r="F583" s="3"/>
       <c r="G583" s="3"/>
       <c r="H583" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="3">
         <v>582</v>
       </c>
       <c r="B584" s="3" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C584" s="3">
-        <v>31022822</v>
+        <v>20490983598</v>
       </c>
       <c r="D584" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E584" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E584" s="3" t="s">
+        <v>815</v>
+      </c>
       <c r="F584" s="3"/>
       <c r="G584" s="3"/>
       <c r="H584" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="3">
         <v>583</v>
       </c>
       <c r="B585" s="3" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="C585" s="3">
-        <v>20528099328</v>
+        <v>20104985204</v>
       </c>
       <c r="D585" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="F585" s="3"/>
       <c r="G585" s="3"/>
       <c r="H585" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="3">
         <v>584</v>
       </c>
       <c r="B586" s="3" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C586" s="3">
-        <v>48936699</v>
+        <v>72259889</v>
       </c>
       <c r="D586" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E586" s="3"/>
       <c r="F586" s="3"/>
       <c r="G586" s="3"/>
       <c r="H586" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="3">
         <v>585</v>
       </c>
       <c r="B587" s="3" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C587" s="3">
-        <v>31030833</v>
+        <v>10310314299</v>
       </c>
       <c r="D587" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E587" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E587" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F587" s="3"/>
       <c r="G587" s="3"/>
       <c r="H587" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="3">
         <v>586</v>
       </c>
       <c r="B588" s="3" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="C588" s="3">
-        <v>40013423</v>
+        <v>20600792378</v>
       </c>
       <c r="D588" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E588" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E588" s="3" t="s">
+        <v>821</v>
+      </c>
       <c r="F588" s="3"/>
       <c r="G588" s="3"/>
       <c r="H588" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="3">
         <v>587</v>
       </c>
       <c r="B589" s="3" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="C589" s="3">
-        <v>31029411</v>
+        <v>10310135564</v>
       </c>
       <c r="D589" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E589" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E589" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F589" s="3"/>
       <c r="G589" s="3"/>
       <c r="H589" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="3">
         <v>588</v>
       </c>
       <c r="B590" s="3" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="C590" s="3">
-        <v>40209985</v>
+        <v>23978839</v>
       </c>
       <c r="D590" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E590" s="3"/>
       <c r="F590" s="3"/>
       <c r="G590" s="3"/>
       <c r="H590" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="3">
         <v>589</v>
       </c>
       <c r="B591" s="3" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C591" s="3">
-        <v>20603181388</v>
+        <v>10313473207</v>
       </c>
       <c r="D591" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E591" s="3" t="s">
-        <v>822</v>
+        <v>13</v>
       </c>
       <c r="F591" s="3"/>
       <c r="G591" s="3"/>
       <c r="H591" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="3">
         <v>590</v>
       </c>
       <c r="B592" s="3" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="C592" s="3">
-        <v>20564495663</v>
+        <v>20549420363</v>
       </c>
       <c r="D592" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="F592" s="3"/>
       <c r="G592" s="3"/>
       <c r="H592" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="3">
         <v>591</v>
       </c>
       <c r="B593" s="3" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C593" s="3">
-        <v>42871434</v>
+        <v>20609324423</v>
       </c>
       <c r="D593" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E593" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E593" s="3" t="s">
+        <v>828</v>
+      </c>
       <c r="F593" s="3"/>
       <c r="G593" s="3"/>
       <c r="H593" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="3">
         <v>592</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="C594" s="3">
-        <v>31012187</v>
+        <v>20450656349</v>
       </c>
       <c r="D594" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E594" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E594" s="3" t="s">
+        <v>830</v>
+      </c>
       <c r="F594" s="3"/>
       <c r="G594" s="3"/>
       <c r="H594" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="3">
         <v>593</v>
       </c>
       <c r="B595" s="3" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C595" s="3">
-        <v>80511899</v>
+        <v>20564069303</v>
       </c>
       <c r="D595" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E595" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E595" s="3" t="s">
+        <v>832</v>
+      </c>
       <c r="F595" s="3"/>
       <c r="G595" s="3"/>
       <c r="H595" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="3">
         <v>594</v>
       </c>
       <c r="B596" s="3" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="C596" s="3">
-        <v>46235609</v>
+        <v>40574966</v>
       </c>
       <c r="D596" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E596" s="3"/>
       <c r="F596" s="3"/>
       <c r="G596" s="3"/>
       <c r="H596" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="3">
         <v>595</v>
       </c>
       <c r="B597" s="3" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="C597" s="3">
-        <v>31173661</v>
+        <v>31139271</v>
       </c>
       <c r="D597" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E597" s="3"/>
       <c r="F597" s="3"/>
       <c r="G597" s="3"/>
       <c r="H597" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="3">
         <v>596</v>
       </c>
       <c r="B598" s="3" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="C598" s="3">
-        <v>45979125</v>
+        <v>31007267</v>
       </c>
       <c r="D598" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E598" s="3"/>
       <c r="F598" s="3"/>
       <c r="G598" s="3"/>
       <c r="H598" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="3">
         <v>597</v>
       </c>
       <c r="B599" s="3" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-        <v>71958484</v>
+        <v>836</v>
+      </c>
+      <c r="C599" s="3" t="s">
+        <v>837</v>
       </c>
       <c r="D599" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E599" s="3"/>
       <c r="F599" s="3"/>
       <c r="G599" s="3"/>
       <c r="H599" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="3">
         <v>598</v>
       </c>
       <c r="B600" s="3" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="C600" s="3">
-        <v>72140421</v>
+        <v>31022822</v>
       </c>
       <c r="D600" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E600" s="3"/>
       <c r="F600" s="3"/>
       <c r="G600" s="3"/>
       <c r="H600" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="3">
         <v>599</v>
       </c>
       <c r="B601" s="3" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="C601" s="3">
-        <v>20607329355</v>
+        <v>20528099328</v>
       </c>
       <c r="D601" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="F601" s="3"/>
       <c r="G601" s="3"/>
       <c r="H601" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="3">
         <v>600</v>
       </c>
       <c r="B602" s="3" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="C602" s="3">
-        <v>31037521</v>
+        <v>48936699</v>
       </c>
       <c r="D602" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E602" s="3"/>
       <c r="F602" s="3"/>
       <c r="G602" s="3"/>
       <c r="H602" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="3">
         <v>601</v>
       </c>
       <c r="B603" s="3" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="C603" s="3">
-        <v>31039644</v>
+        <v>31030833</v>
       </c>
       <c r="D603" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E603" s="3"/>
       <c r="F603" s="3"/>
       <c r="G603" s="3"/>
       <c r="H603" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="3">
         <v>602</v>
       </c>
       <c r="B604" s="3" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="C604" s="3">
-        <v>73752884</v>
+        <v>40013423</v>
       </c>
       <c r="D604" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E604" s="3"/>
       <c r="F604" s="3"/>
       <c r="G604" s="3"/>
       <c r="H604" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="3">
         <v>603</v>
       </c>
       <c r="B605" s="3" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="C605" s="3">
-        <v>20609845946</v>
+        <v>31029411</v>
       </c>
       <c r="D605" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E605" s="3"/>
       <c r="F605" s="3"/>
       <c r="G605" s="3"/>
       <c r="H605" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="3">
         <v>604</v>
       </c>
       <c r="B606" s="3" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="C606" s="3">
-        <v>31185872</v>
+        <v>40209985</v>
       </c>
       <c r="D606" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E606" s="3"/>
       <c r="F606" s="3"/>
       <c r="G606" s="3"/>
       <c r="H606" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="3">
         <v>605</v>
       </c>
       <c r="B607" s="3" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
       <c r="C607" s="3">
-        <v>60020699</v>
+        <v>20603181388</v>
       </c>
       <c r="D607" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E607" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E607" s="3" t="s">
+        <v>847</v>
+      </c>
       <c r="F607" s="3"/>
       <c r="G607" s="3"/>
       <c r="H607" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="3">
         <v>606</v>
       </c>
       <c r="B608" s="3" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="C608" s="3">
-        <v>71298806</v>
+        <v>20564495663</v>
       </c>
       <c r="D608" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E608" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E608" s="3" t="s">
+        <v>849</v>
+      </c>
       <c r="F608" s="3"/>
       <c r="G608" s="3"/>
       <c r="H608" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="3">
         <v>607</v>
       </c>
       <c r="B609" s="3" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="C609" s="3">
-        <v>20600078501</v>
+        <v>42871434</v>
       </c>
       <c r="D609" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E609" s="3"/>
       <c r="F609" s="3"/>
       <c r="G609" s="3"/>
       <c r="H609" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" s="3">
+        <v>608</v>
+      </c>
+      <c r="B610" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="C610" s="3">
+        <v>31012187</v>
+      </c>
+      <c r="D610" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E610" s="3"/>
+      <c r="F610" s="3"/>
+      <c r="G610" s="3"/>
+      <c r="H610" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" s="3">
+        <v>609</v>
+      </c>
+      <c r="B611" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="C611" s="3">
+        <v>80511899</v>
+      </c>
+      <c r="D611" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E611" s="3"/>
+      <c r="F611" s="3"/>
+      <c r="G611" s="3"/>
+      <c r="H611" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" s="3">
+        <v>610</v>
+      </c>
+      <c r="B612" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="C612" s="3">
+        <v>46235609</v>
+      </c>
+      <c r="D612" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E612" s="3"/>
+      <c r="F612" s="3"/>
+      <c r="G612" s="3"/>
+      <c r="H612" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" s="3">
+        <v>611</v>
+      </c>
+      <c r="B613" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="C613" s="3">
+        <v>31173661</v>
+      </c>
+      <c r="D613" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E613" s="3"/>
+      <c r="F613" s="3"/>
+      <c r="G613" s="3"/>
+      <c r="H613" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" s="3">
+        <v>612</v>
+      </c>
+      <c r="B614" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="C614" s="3">
+        <v>45979125</v>
+      </c>
+      <c r="D614" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E614" s="3"/>
+      <c r="F614" s="3"/>
+      <c r="G614" s="3"/>
+      <c r="H614" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" s="3">
+        <v>613</v>
+      </c>
+      <c r="B615" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="C615" s="3">
+        <v>71958484</v>
+      </c>
+      <c r="D615" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E615" s="3"/>
+      <c r="F615" s="3"/>
+      <c r="G615" s="3"/>
+      <c r="H615" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" s="3">
+        <v>614</v>
+      </c>
+      <c r="B616" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="C616" s="3">
+        <v>72140421</v>
+      </c>
+      <c r="D616" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E616" s="3"/>
+      <c r="F616" s="3"/>
+      <c r="G616" s="3"/>
+      <c r="H616" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" s="3">
+        <v>615</v>
+      </c>
+      <c r="B617" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="C617" s="3">
+        <v>20607329355</v>
+      </c>
+      <c r="D617" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E617" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="F617" s="3"/>
+      <c r="G617" s="3"/>
+      <c r="H617" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" s="3">
+        <v>616</v>
+      </c>
+      <c r="B618" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="C618" s="3">
+        <v>31037521</v>
+      </c>
+      <c r="D618" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E618" s="3"/>
+      <c r="F618" s="3"/>
+      <c r="G618" s="3"/>
+      <c r="H618" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" s="3">
+        <v>617</v>
+      </c>
+      <c r="B619" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="C619" s="3">
+        <v>31039644</v>
+      </c>
+      <c r="D619" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E619" s="3"/>
+      <c r="F619" s="3"/>
+      <c r="G619" s="3"/>
+      <c r="H619" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" s="3">
+        <v>618</v>
+      </c>
+      <c r="B620" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="C620" s="3">
+        <v>73752884</v>
+      </c>
+      <c r="D620" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E620" s="3"/>
+      <c r="F620" s="3"/>
+      <c r="G620" s="3"/>
+      <c r="H620" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" s="3">
+        <v>619</v>
+      </c>
+      <c r="B621" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="C621" s="3">
+        <v>20609845946</v>
+      </c>
+      <c r="D621" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E621" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="F621" s="3"/>
+      <c r="G621" s="3"/>
+      <c r="H621" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" s="3">
+        <v>620</v>
+      </c>
+      <c r="B622" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="C622" s="3">
+        <v>31185872</v>
+      </c>
+      <c r="D622" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E622" s="3"/>
+      <c r="F622" s="3"/>
+      <c r="G622" s="3"/>
+      <c r="H622" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" s="3">
+        <v>621</v>
+      </c>
+      <c r="B623" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="C623" s="3">
+        <v>60020699</v>
+      </c>
+      <c r="D623" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E623" s="3"/>
+      <c r="F623" s="3"/>
+      <c r="G623" s="3"/>
+      <c r="H623" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" s="3">
+        <v>622</v>
+      </c>
+      <c r="B624" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="C624" s="3">
+        <v>71298806</v>
+      </c>
+      <c r="D624" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E624" s="3"/>
+      <c r="F624" s="3"/>
+      <c r="G624" s="3"/>
+      <c r="H624" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" s="3">
+        <v>623</v>
+      </c>
+      <c r="B625" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="C625" s="3">
+        <v>20600078501</v>
+      </c>
+      <c r="D625" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E625" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="F625" s="3"/>
+      <c r="G625" s="3"/>
+      <c r="H625" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>