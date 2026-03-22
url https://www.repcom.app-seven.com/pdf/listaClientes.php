--- v1 (2025-12-14)
+++ v2 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Clientes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="870">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="903">
   <si>
     <t>REPORTE DE CLIENTES REGISTRADOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>N° DOCUMENTO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
     <t>TELEFONO</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
@@ -131,50 +131,62 @@
   <si>
     <t>ANDRES  FLORES MENESES</t>
   </si>
   <si>
     <t>08357800</t>
   </si>
   <si>
     <t>ANDRES  HUAMANI ACHAICA</t>
   </si>
   <si>
     <t>ANGELO  CESPEDES QUISPE</t>
   </si>
   <si>
     <t>ANTONIA  GREGORIO LEDO</t>
   </si>
   <si>
     <t>ANTONIA  INCA FUENTES</t>
   </si>
   <si>
     <t>ANTONIO  GUIZADO MIRANDA</t>
   </si>
   <si>
     <t>APAFA MIGUEL GRAU ABANCAY</t>
   </si>
   <si>
+    <t>APIS ALTA INTERGENE E.I.R.L</t>
+  </si>
+  <si>
+    <t>JR. JR.TARACALLE NRO. E-08 OTR.  JIRON  (ALTURA DE EMUSAP) - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
+    <t>APU INVERSIONES F &amp; S E.I.R.L.</t>
+  </si>
+  <si>
+    <t>JR. HUASCAR NRO. 220 URB.  PATIBAMBA ALTA - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>AQUILINO  CARBAJAL MEZA</t>
   </si>
   <si>
     <t>AQUILINO  IGNACIO CONCHA</t>
   </si>
   <si>
     <t>08426707</t>
   </si>
   <si>
     <t>ARCE TERRAZAS LUCIA KARINA</t>
   </si>
   <si>
     <t>ARGAMONTE SERRANO ERIKA</t>
   </si>
   <si>
     <t>ARKAM CONSULTORES Y EJECUTORES EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>JR. 25 DE JULIO MZA. R LOTE. 3 SANTA ANA  (SEGUNDO PISO) - SANTA ANA - LA CONVENCION - CUSCO</t>
   </si>
   <si>
     <t>ARTE DECORACION R S.A.C.</t>
   </si>
   <si>
     <t>JR. SANTA RITA MZA. A LOTE. 20 A.H.  SANTA URSULA - SAN JUAN DE MIRAFLORES - LIMA - LIMA</t>
@@ -215,170 +227,185 @@
   <si>
     <t>JR. LOS ALAMOS MZA. E LOTE. 26 URB.  PATIBAMBA  BAJA  (A MEDIACUADRA UNAMBA) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>ASOCIACIÃN CIVIL SANTA TERESA</t>
   </si>
   <si>
     <t>AV. ENRIQUE PELACH NRO. S/N OTR.  CERCADO  (HOSPITAL SANTA TERESA) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>ASOCIACION DE COMERCIANTES POLVOS AZULES</t>
   </si>
   <si>
     <t>AV. DIAZ BARCENAS NRO. 815 - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>ASOCIACION DE PRODUCTORES LAS PERUANITAS DE SANTA ISABEL DE CAYPE</t>
   </si>
   <si>
     <t>NRO. SN C.C.  SANTA ISABEL DE CAYPE  (PRGTAR POR SALDIVAR ESTRADA) - LAMBRAMA - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>ASOCIACION FERIANTES CENTENARIO DE ABANCAY</t>
   </si>
   <si>
+    <t>ASOCIACION INTERDENOMINACIONAL PARA EL DESARROLLO INTEGRAL DE APURIMAC</t>
+  </si>
+  <si>
+    <t>AV. SALAS VERTY NRO. 18 URB.  VILLA GLORIA  (EN ESCUELA SHALOM) - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>ASOCIACION POLVOS AZULES</t>
   </si>
   <si>
     <t>AV. DIAZ BARCENAS S/N ABANCAY</t>
   </si>
   <si>
     <t>ASOCIACION TARPUSUNCHIS</t>
   </si>
   <si>
     <t>AV. ARICA NRO. 785 URB.  BREÃA - BREÃA - LIMA - LIMA</t>
   </si>
   <si>
     <t>ASOCIANCION POLVOS AZULES</t>
   </si>
   <si>
     <t>ATAO MEDINA FELIX</t>
   </si>
   <si>
     <t>AUTOMOVIL CLUB SEÃOR DE ILLANYA ABANCAY</t>
   </si>
   <si>
     <t>AV. GARCILAZO NRO. SN (ESTADIO CONDEBAMBA TRIBUNA SUR) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>AUTORIDAD NACIONAL DEL AGUA</t>
   </si>
   <si>
     <t>CAL.17 NRO. 355 URB.  EL PALOMAR - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>AYME ENCISO RICLEYS</t>
   </si>
   <si>
     <t>AYOR S.A.C.</t>
   </si>
   <si>
     <t>AV. MALECON CHECA NRO. 3777 URB.  LOTZ. RUS. CAMPOY - SAN JUAN DE LURIGANCHO - LIMA - LIMA</t>
   </si>
   <si>
     <t>AYQUIPA HUAMAN MELBA</t>
   </si>
   <si>
+    <t>BAIGORRIA URBINA PABLO ENRIQUE</t>
+  </si>
+  <si>
     <t>BALLON BECERRA JOSE</t>
   </si>
   <si>
     <t>BEATRIZ  BENITES AYMA</t>
   </si>
   <si>
     <t>BENAVIDES ESPINOZA OSCAR RAUL</t>
   </si>
   <si>
     <t>BER MAC E.I.R.L</t>
   </si>
   <si>
     <t>JR. 28 DE ABRIL NRO. 104 (1 CDRA ANTES DE LLEGAR COLISEO PUEBLO LI) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>BIOCOMBUSTIBLES H2O S.A.C.</t>
   </si>
   <si>
     <t>MZA. L LOTE. 157 ASC.  PARQUE PORCINO - VENTANILLA - PROV. CONST. DEL CALLAO - PROV. CONST. DEL CALLAO</t>
   </si>
   <si>
     <t>BRAULIO  SEQUEIROS MUÃOZ</t>
   </si>
   <si>
     <t>C 4 XPLOD GRUPO CREATIVE CORP E.I.R.L.</t>
   </si>
   <si>
     <t>CAL.LOS RUISEÃORES OESTE NRO. 280 URB.  EL PALOMAR - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>C.G.-LOS GLAVELES</t>
   </si>
   <si>
     <t>C.N.DE INTEGR.D.L.PERS.CON DISC.</t>
   </si>
   <si>
     <t>AV. AREQUIPA NRO. 375 URB.  SANTA BEATRIZ  (PRIMER PISO) - LIMA - LIMA - LIMA</t>
   </si>
   <si>
+    <t>CABRERA RODRIGUEZ OCTAVIO</t>
+  </si>
+  <si>
     <t>CACERES LIPA JESUS TERESA</t>
   </si>
   <si>
     <t>CACILDO  VILCASTRO MARTINEZ</t>
   </si>
   <si>
     <t>CAJA MUNICIPAL DE AHORRO Y CREDITO CUSCO S.A.</t>
   </si>
   <si>
     <t>AV. LA CULTURA NRO. 1624 URB.  CHACHACOMAYOC - WANCHAQ - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>CALLE SALAS JULIO</t>
   </si>
   <si>
     <t>CANAL OSCCO NANCY</t>
   </si>
   <si>
     <t>CAÃARI CHIPAYO MANUEL JESUS</t>
   </si>
   <si>
     <t>CANDY  PALOMINO SEQUEIROS</t>
   </si>
   <si>
     <t>CARINA  BRAVO YUCRA</t>
   </si>
   <si>
     <t>CARLOS CASANCA H</t>
   </si>
   <si>
     <t>CARLOS MOISES CALDERON MONTESINOS</t>
   </si>
   <si>
     <t>CARTEG COMPANY S.R.L.</t>
   </si>
   <si>
     <t>JR. HUANCAVELICA LOTE. 02 RES.  JR. HUANCAVELICA - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
+    <t>CASTAÃEDA CONCHA ORLANDO</t>
+  </si>
+  <si>
     <t>CASTAÃEDA QUIROZ JUSTINA</t>
   </si>
   <si>
     <t>CASTRO CORRALES MANUEL ANGEL</t>
   </si>
   <si>
     <t>CCAMA TRIVIÃOS SOLEDAD</t>
   </si>
   <si>
     <t>CCASA ZANABRIA LIDIA</t>
   </si>
   <si>
     <t>CCONISLLA TRUEVAS APOLINARIO</t>
   </si>
   <si>
     <t>CCOPA HUILLCA MARLENI</t>
   </si>
   <si>
     <t>CENFER J &amp; J CONTRATISTAS GENERALES E.I.R.L.</t>
   </si>
   <si>
     <t>AV. DIAZ BARCENAS NRO. 703 URB.  PUEBLO LIBRE - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CENTRO DE SALUD YANACA</t>
@@ -386,50 +413,53 @@
   <si>
     <t>AYMARAES</t>
   </si>
   <si>
     <t>CESAR BUENO CALDERON</t>
   </si>
   <si>
     <t>CESIM DD S.A.C.</t>
   </si>
   <si>
     <t>MZA. W3 LOTE. 4 A.H.  A.H. PARCELA 3 DE YANACOTO CHOSICA  (ZONA 4) - LURIGANCHO - LIMA - LIMA</t>
   </si>
   <si>
     <t>CHAVEZ BLANCO SATURNINO</t>
   </si>
   <si>
     <t>CHINA RAILWAY TUNNEL GROUP CO., LTD SUCURSAL DEL PERU</t>
   </si>
   <si>
     <t>AV. ALFREDO BENAVIDES NRO. 768 INT. 401 URB.  LEURO - MIRAFLORES - LIMA - LIMA</t>
   </si>
   <si>
     <t>CIRILO  BRAVO HUAYHUAS</t>
   </si>
   <si>
+    <t>CIRILO  PEÃA PRADO</t>
+  </si>
+  <si>
     <t>CLAUDIO  CRUZ SERRANO</t>
   </si>
   <si>
     <t>CLINDA  MOREANO ROMERO</t>
   </si>
   <si>
     <t>CLINICA TELLO E.I.R.L.</t>
   </si>
   <si>
     <t>JR. LIMA NRO. 866 BAR.  JIRÃN LIMA  (COSTADO DEL RESTAURANT WACHI) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>COLEGIO AMERICA</t>
   </si>
   <si>
     <t>COLEGIO JUAN PABLO</t>
   </si>
   <si>
     <t>COLEGIO SANTA ROSA</t>
   </si>
   <si>
     <t>COLEGIO SANTA ROSA 5TO "B" ABANCAY</t>
   </si>
   <si>
     <t>COMERCIOS Y SERVICIOS JVC E.I.R.L.</t>
@@ -446,50 +476,56 @@
   <si>
     <t>JR. MARISCAL GAMARRA NRO. 421 URB.  CERCADO  (COSTADO  DE LA COOPERATIVA) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>COMUNIDAD CAMPESINA QUISCABAMBA</t>
   </si>
   <si>
     <t>NRO. SN C.C.  QUISCABAMBA  (LOCAL COMUNAL X PLAZA DE ARMAS) - VILCABAMBA - GRAU - APURIMAC</t>
   </si>
   <si>
     <t>CONDORI GONZALES VITHNER FORTUNATO</t>
   </si>
   <si>
     <t>CONRADO  SANTE CARRASCO</t>
   </si>
   <si>
     <t>08548421</t>
   </si>
   <si>
     <t>CONSORCIO COMERCIAL HURTADO SOCIEDAD ANONIMA</t>
   </si>
   <si>
     <t>NRO. SN MAUCACALLE  (COSTADO ESTADIO TAMBURCO GRANJA POLLOS) - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
+    <t>CONSORCIO CURASCO</t>
+  </si>
+  <si>
+    <t>AV. MIGUEL GUITAR NRO. 209 CONDEBAMBA  (FRENTE AL TEMPLO) - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>CONSORCIO DEL NORTE RPP</t>
   </si>
   <si>
     <t>MZA. 155A LOTE. 8 P.J.  VILLA POETA JOSE GALVEZ PARCELA B - VILLA MARIA DEL TRIUNFO - LIMA - LIMA</t>
   </si>
   <si>
     <t>CONSORCIO DRIGAL</t>
   </si>
   <si>
     <t>CONSORCIO JANDS SOCIEDA ANÃNIMA CERRADA</t>
   </si>
   <si>
     <t>CAL.VALLESITO EL OLIVO II ETAPA MZA. G LOTE. 13 URB.  VALLECITO EL OLIVO II ETAPA  (FAMILIA SAUÃE) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CONSORCIO VIAL MOLLINE</t>
   </si>
   <si>
     <t>AV. BRILLA EL SOL NRO. 110 BELLAVISTA BAJA  (2CDRAS ALDEA INFANTIL) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CONSTRUCCION CIVIL</t>
   </si>
   <si>
     <t>CONSTRUCCION CIVIL ABANCAY</t>
@@ -563,50 +599,53 @@
   <si>
     <t>CONTRATISTAS MINEROS ALVAREZ SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>AV. DIAZ BARCENAS NRO. 133 INT. 135 (FRENTE AL PENAL CONSTRUC NUEVA) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CONTRATISTAS MINEROS Y TRANSPORTES E &amp; R CONPAL SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>PJ. LOS PINOS NRO. 100 URB.  BELLAVISTA BAJA  (COMISARIA BELLAVISTA BAJA) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>COOPERATIVA DE AHORRO Y CRÃDITO EMPRENDER</t>
   </si>
   <si>
     <t>AV. CIRCUNVALACION NRO. 1439 URB.  URBANIZACION PATIBAMBA BAJA  (FRENTE A LA CUNA NRO. 001) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>COOPERATIVA DE AHORRO Y CREDITO LOS ANDES COTARUSI AYMARAES</t>
   </si>
   <si>
     <t>JR. CORA CORA NRO. 319 CHALHUANCA  (INTERSECCION JR CORA CORA Y APURIMAC) - CHALHUANCA - AYMARAES - APURIMAC</t>
   </si>
   <si>
+    <t>CORDOVA QUIVIO ENRIQUE</t>
+  </si>
+  <si>
     <t>CORPORACION AGRICOLA EL BUEN CRIADOR E.I.R.L</t>
   </si>
   <si>
     <t>JR. LIMA NRO. 759 - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CORPORACION BARRIENTOS &amp; ASOCIADOS S.A.</t>
   </si>
   <si>
     <t>AV. JUAN ESPINOZA MEDRANO NRO. 132 URB.  LAS AMERICAS - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CORPORACION GEOLAGOS S.A.C.S</t>
   </si>
   <si>
     <t>NRO. SN SEC.  MAUCACALLE SAHUANAY  (COSTADO DE CAL Y CANTO) - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CORPORACION TEURONELPER (R&amp;M) S.A.C.</t>
   </si>
   <si>
     <t>CAL.SANTA MARTHA MZA. J LOTE. 30 C.P.M. SAN MIGUEL  (UNA CUADRA ANTES DE PARQUE SAN MIGUEL) - JOSE LEONARDO ORTIZ - CHICLAYO - LAMBAYEQUE</t>
   </si>
   <si>
     <t>CORPORACION Z &amp; M EQUIPOS S.R.LTDA.</t>
@@ -650,50 +689,56 @@
   <si>
     <t>CUNA SANTA TERESA</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>JR. GONZALES PRADA NRO. 252 BAR.  ZARUMILLA - JULIACA - SAN ROMAN - PUNO</t>
   </si>
   <si>
     <t>DALCOR CONTRATISTAS GENERALES S.A.C.</t>
   </si>
   <si>
     <t>AV. CAMINOS DEL INCA NRO. 848 URB.  LAS GARDENIAS ET. CUATRO - SANTIAGO DE SURCO - LIMA - LIMA</t>
   </si>
   <si>
     <t>DALMER  ASCUE MELENDEZ</t>
   </si>
   <si>
     <t>DANIEL  QUISPE ASTOCAHUANA</t>
   </si>
   <si>
     <t>DANIEL JENARO BERNAOLA ANAMPA</t>
   </si>
   <si>
+    <t>DANIEL PACHECO SILVA E.I.R.L.</t>
+  </si>
+  <si>
+    <t>AV. PANAMERICANA NRO. 1351 (COSTADO DE TIENDA MOTOS MARCA RONCO) - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>DANIELA SOLEDAD SEQUEIROS BAZAN</t>
   </si>
   <si>
     <t>DANTE  TRIVEÃO RIOS</t>
   </si>
   <si>
     <t>DAVID  QUINTANA ALTAMIRANO</t>
   </si>
   <si>
     <t>DAVID  VARGAS INCA</t>
   </si>
   <si>
     <t>DAVID JESUS MATA ADRIAN</t>
   </si>
   <si>
     <t>DELTA ELECTRONICS (PERU) INC. S.R.L.</t>
   </si>
   <si>
     <t>AV. FELIPE PARDO Y ALIAGA NRO. 699 URB.  SANTA CRUZ  (PISO 6 OFICINA 601) - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>DENIX  VARGAS MENDOZA</t>
   </si>
   <si>
     <t>DIMAS HECTOR REYNALDO IBARRA</t>
@@ -920,50 +965,53 @@
   <si>
     <t>AV. DIAZ BARCENAS NRO. 1110 (FRENTE A SINDICATO DE CHOFERES) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>FERRETERIA Y MULTISERVICIOS EL PORVENIR E.I.R.L.</t>
   </si>
   <si>
     <t>AV. DIAZ BARCENAS NRO. 803 URB.  PUEBLO LIBRE - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>FERRYMUNDO CONSTRUCTORA S.A.C</t>
   </si>
   <si>
     <t>AV. ESQUINA ARGENTINA CON GUATEMALA KM. H MZA. 04 OTR.  MZ H  SUB LOTE 04 - A - ABANCAY - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>FETRACO HNOS ESPINOZA SRL</t>
   </si>
   <si>
     <t>AV. 12 DE FEBRERO NRO. 244 (PISO 1) - CHORRILLOS - LIMA - LIMA</t>
   </si>
   <si>
     <t>FRANCISCO  MEZA SEQUEIROS</t>
   </si>
   <si>
+    <t>FRANZ PER</t>
+  </si>
+  <si>
     <t>FREDY  AZURIN ZEVALLOS</t>
   </si>
   <si>
     <t>FREDY  RAMOS LLOCCLLA</t>
   </si>
   <si>
     <t>FROILAN  PAUCAR ALARCON</t>
   </si>
   <si>
     <t>FUENTES ROBLES CERILIN</t>
   </si>
   <si>
     <t>GABRIEL  ONTON PALOMINO</t>
   </si>
   <si>
     <t>GAMARRA CCANRE ALBERTO</t>
   </si>
   <si>
     <t>GAMARRA FLORES LUCIA MARTHA</t>
   </si>
   <si>
     <t>GEO TEKH E.I.R.L.</t>
   </si>
   <si>
     <t>CAL.CLODOMIRO CERNA NRO. 360 URB.  VILLA UNIVERSITARIA - CAJAMARCA - CAJAMARCA - CAJAMARCA</t>
@@ -992,50 +1040,53 @@
   <si>
     <t>GERENCIA SOCIAL</t>
   </si>
   <si>
     <t>GERMAN  BATALLANOS PINEDA</t>
   </si>
   <si>
     <t>GERMAN  CONDORI CESPEDES</t>
   </si>
   <si>
     <t>GERMAN RIOS H.</t>
   </si>
   <si>
     <t>GERTRUDES  RAYME TORRES</t>
   </si>
   <si>
     <t>GISA CONSTRUCTORA S.A.C.</t>
   </si>
   <si>
     <t>----ASOCIACION DE VIVIENDA NRO. SN BAR.  LOS ALAMOS  (CT GRIF LOS ALAMOS C3P F GUZMAN CALLATA) - CHALLHUAHUACHO - COTABAMBAS - APURIMAC</t>
   </si>
   <si>
     <t>GISELA  PALOMINO MEDINA</t>
   </si>
   <si>
+    <t>GLADYS  ASCUE MELENDEZ</t>
+  </si>
+  <si>
     <t>GOBIERNO REGIONAL DE APURIMAC</t>
   </si>
   <si>
     <t>JR. PUNO NRO. 107 CERCADO - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>GOMEZ NARVAEZ NEMESIO ALEX</t>
   </si>
   <si>
     <t>GONZALES PERALTA FRANCY STEPHANIE</t>
   </si>
   <si>
     <t>GRCL PROYECTOS Y CONSTRUCCIONES S.A.C.</t>
   </si>
   <si>
     <t>CAL.LA LADERA NRO. 258 URB.  LAS VIÃAS - LA MOLINA - LIMA - LIMA</t>
   </si>
   <si>
     <t>GREEN COMFORT S.A.C.</t>
   </si>
   <si>
     <t>JR. BOLIVAR NRO. 217 ANDAHUAYLAS - ANDAHUAYLAS - ANDAHUAYLAS - APURIMAC</t>
   </si>
   <si>
     <t>GREGORIO  CHOQUE HUAMAN</t>
@@ -1064,116 +1115,125 @@
   <si>
     <t>GRUPO MASIH CONSULTORES Y EJECUTORES S.A.C</t>
   </si>
   <si>
     <t>AV. JUAN PABLO CASTRO NRO. 435 URB.  CIUDAD DE DIOS - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>GRUPO MÃDICO CHACÃN &amp; BAIGORRIA E.I.R.L</t>
   </si>
   <si>
     <t>JR. PUNO NRO. 401 URB.  PUEBLO LIBRE - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>GRUPO VMJ INGENIEROS S.A.C.</t>
   </si>
   <si>
     <t>CAL.MONTEROSA NRO. 233 INT. 1003 (ALT.WONG CHACARR. ENTRE MONTE GRANDE Y P) - SANTIAGO DE SURCO - LIMA - LIMA</t>
   </si>
   <si>
     <t>GUILLERMO  VELASQUEZ ROBLES</t>
   </si>
   <si>
     <t>09154261</t>
   </si>
   <si>
+    <t>GUSTAVO  LLICAHUA TAPIA</t>
+  </si>
+  <si>
     <t>GUTIERREZ ROSSEL YASU</t>
   </si>
   <si>
     <t>H &amp; H SOLUCIONES EMPRESARIALES SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>AV. AREQUIPA NRO. 1305 DPTO. 1307 URB.  STA.BEATRIZ - LIMA - LIMA - LIMA</t>
   </si>
   <si>
     <t>HERMOGENES  DONGO SUAREZ</t>
   </si>
   <si>
     <t>HERMOGENES MIGUEL CONCHA HUAMANI</t>
   </si>
   <si>
     <t>HERMOZA CASTAÃEDA ADEMIR NAIN</t>
   </si>
   <si>
+    <t>HERNAN VARGAS</t>
+  </si>
+  <si>
     <t>HERRERA EGUSQUIZA EDUARDO ANTONIO</t>
   </si>
   <si>
     <t>HILARIO  CCONISLLA GUTIERREZ</t>
   </si>
   <si>
     <t>HILDA  JUAREZ LUNA</t>
   </si>
   <si>
     <t>HOME DESIGN SOLUTIONS S.A.C.</t>
   </si>
   <si>
     <t>AV. PRADO NRO. 515 URB.  PUEBLO LIBRE - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>HOSPITAL REGIONAL GUILLERMO DIAZ DE LA VEGA  ABANCAY APURIMAC</t>
   </si>
   <si>
     <t>AV. DANIEL ALCEDES CARRION S/N ABANCAY</t>
   </si>
   <si>
     <t>HOSPITAL REGIONAL GUILLERMO DIAZ DE LA VEGA DE ABANCAY</t>
   </si>
   <si>
     <t>AV. DANIEL A CARRIÃ³N NRO. S/N - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>HOTELES Y TURISMO ABANCAY E I R LTDA</t>
   </si>
   <si>
     <t>AV. DIAZ BARCENAS NRO. 500 CERCADO - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>HUAMAN TAYPE AVELINA</t>
   </si>
   <si>
     <t>HUAMANI CRIOLLO ELISEO</t>
   </si>
   <si>
     <t>HUGO RAUL DAMIAN FERRO</t>
   </si>
   <si>
     <t>HUILLCA MONTES Y ASOCIADOS SOCIEDAD CIVIL</t>
   </si>
   <si>
     <t>NRO. S/N B. PATRON SANTIAGO  (FTE AL LOCAL DEL JUEZ DE PAZ) - CHALLHUAHUACHO - COTABAMBAS - APURIMAC</t>
   </si>
   <si>
+    <t>HUILLCAHUA ZAVALA NICOLAS</t>
+  </si>
+  <si>
     <t>I . E. LA VICTORIA SECUNDARIA</t>
   </si>
   <si>
     <t>I E 55033 LA VICTORIA  ABANCAY</t>
   </si>
   <si>
     <t>I,E, FRANCISCO BOLOGNESI</t>
   </si>
   <si>
     <t>I,E,I.INICIAL 122 PICHIHUA</t>
   </si>
   <si>
     <t>PICHIHUA</t>
   </si>
   <si>
     <t>I. E, INDUSTRIAL</t>
   </si>
   <si>
     <t>I. E. ANTONIO JOSE DE SUCRE PICHIRHUA</t>
   </si>
   <si>
     <t>PICHIRHUA</t>
   </si>
   <si>
     <t>I. E. ESTHER ROBERTE GAMERO</t>
@@ -1325,80 +1385,83 @@
   <si>
     <t>INMAC</t>
   </si>
   <si>
     <t>MZA. A LOTE. 3 URB.  VILLA HERMOZA  (CT DE DEPOSITO KOLA REAL FT A UNAMBA) - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>INPE</t>
   </si>
   <si>
     <t>INSTITUCION EDUCARTIVA COTARMA</t>
   </si>
   <si>
     <t>01379742</t>
   </si>
   <si>
     <t>INSTITUCION EDUCATIVA  54036 SEÃOR DE LA EXALTACION</t>
   </si>
   <si>
     <t>00054036</t>
   </si>
   <si>
     <t>AV. TUPAC AMARU 129 TAMBURCO</t>
   </si>
   <si>
-    <t>INSTITUCION EDUCATIVA INDUSTRIAL ABANCAY</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUCION EDUCATIVA NÂª54865</t>
   </si>
   <si>
     <t>00054865</t>
   </si>
   <si>
     <t>SAN JUAN DE CHACÃA- TARAPATA</t>
   </si>
   <si>
     <t>INSTITUTO GEOGRAFICO NACIONAL</t>
   </si>
   <si>
     <t>AV. ARAMBURU NRO. 1184 - SURQUILLO - LIMA - LIMA</t>
   </si>
   <si>
     <t>INSTITUTO NACIONAL DE ESTAD. E INFORMATI</t>
   </si>
   <si>
     <t>AV. GRAL GARZON NRO. 654 (656) - JESUS MARIA - LIMA - LIMA</t>
   </si>
   <si>
     <t>INTI GAS CORPORACION S.A.C.</t>
   </si>
   <si>
     <t>AV. LOS FAISANES NRO. 608 URB.  LA CAMPIÃA - CHORRILLOS - LIMA - LIMA</t>
   </si>
   <si>
+    <t>INVERSIONES AUTOVET SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
+  </si>
+  <si>
+    <t>JR. CANADA MZA. A LOTE. 01 URB.  LAS AMERCIAS - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>INVERSIONES DISTRIBUCIONES E INDUSTRIAS AZURIN SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>AV. PRADO ALTO NRO. 519 (CT DISTRIBUID AZURIN CSA2P BLANCOGRIS) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>INVERSIONES GAMAR G &amp; M S.A.C.</t>
   </si>
   <si>
     <t>NRO. S/N C.P.  PISA CCASA - MARA - COTABAMBAS - APURIMAC</t>
   </si>
   <si>
     <t>INVERSIONES KEPAL E.I.R.L.</t>
   </si>
   <si>
     <t>JR. CUSCO NRO. 539B (A 1/2CDRA DEL MERCADO LA VICTORIA) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>INVERSIONES VASQUEZ TEVES SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>CAL.CLORINDA MATTO DE TURNER NRO. 203 URB.  MAGISTERIAL  (ALTURA DE LA CANASTA) - CUSCO - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>INVERSIONES Y DISTRIBUIDORA A Y B S.R.L.</t>
@@ -1445,98 +1508,104 @@
   <si>
     <t>JAVIER  RUCOBA JIMENEZ</t>
   </si>
   <si>
     <t>JESUS CARLOS PALOMINO SEQUEIROS</t>
   </si>
   <si>
     <t>JESUS JORGE VALVERDE ESPINOZA</t>
   </si>
   <si>
     <t>JESUS MIGUEL CALDERON HUAMAN</t>
   </si>
   <si>
     <t>JESUS MIRANDA TORREZ</t>
   </si>
   <si>
     <t>JHOEL LEO ESPINOZA HUANCA</t>
   </si>
   <si>
     <t>JIBAN D FIGUERA L</t>
   </si>
   <si>
     <t>JIM DAVID ROMAN HURTADO</t>
   </si>
   <si>
+    <t>JIMMY  HUARCAYA HUILLCAMASCCO</t>
+  </si>
+  <si>
     <t>JOAO  MENDEZ ALTAMIRANO</t>
   </si>
   <si>
     <t>JOEL SALOMON DE LA CRUZ PINARES</t>
   </si>
   <si>
     <t>JONATHAN FIDEL ROLDAN RONDAN</t>
   </si>
   <si>
     <t>JORGE  ESPINOZA HUAMANÃAHUI</t>
   </si>
   <si>
     <t>JORGE ARTURO RIVERA MUÃOZ FALCONI</t>
   </si>
   <si>
     <t>JOSE  DOMINGUEZ PINEDA</t>
   </si>
   <si>
     <t>JOSE  SIERRA MEJIA</t>
   </si>
   <si>
     <t>JOSE ELICEO LAIME LOPEZ</t>
   </si>
   <si>
     <t>JOSE LUIS VALENZUELA MEJIA</t>
   </si>
   <si>
     <t>JOSEFINA  CHAVEZ ROMAN</t>
   </si>
   <si>
     <t>JOSUE VICTOR DE LA CRUZ PINARES</t>
   </si>
   <si>
     <t>JRA SUPERMAYORISTAS S.A.C</t>
   </si>
   <si>
     <t>AV. CANADA S/N NRO. 0 URB.  LAS AMERICAS  (COSTADO IGLESIA GUADALUPE) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>JUAN  BAUTISTA OCHOA</t>
   </si>
   <si>
     <t>JUAN CARLOS RIMARI BORJA</t>
   </si>
   <si>
     <t>09545537</t>
   </si>
   <si>
+    <t>JUAN CARLOS SILVA LOPEZ</t>
+  </si>
+  <si>
     <t>JUAN CLIMACO BARAZORDA HUAMANÃAHUI</t>
   </si>
   <si>
     <t>JUAN DE DIOS CARRASCO AMPUERO</t>
   </si>
   <si>
     <t>06006180</t>
   </si>
   <si>
     <t>JUAN LINO SERRANO CHICCHE</t>
   </si>
   <si>
     <t>JUANA  ROJAS TELLO</t>
   </si>
   <si>
     <t>JUANA NATIVIDAD SALAZAR HUAMAN</t>
   </si>
   <si>
     <t>JUANA REGINA CRUZ RAYME</t>
   </si>
   <si>
     <t>JUANA SIXTA AEDO CHIPA</t>
   </si>
   <si>
     <t>JULIA UBALDINA CORDOVA PIMENTEL</t>
@@ -1688,74 +1757,86 @@
   <si>
     <t>MANUFACTURAS SAN ISIDRO S.A.C.</t>
   </si>
   <si>
     <t>JR. AZANGARO NRO. 246 - LIMA - LIMA - LIMA</t>
   </si>
   <si>
     <t>MARCEL  MOREANO HURTADO</t>
   </si>
   <si>
     <t>06449972</t>
   </si>
   <si>
     <t>MARCO  SALAS SUARES</t>
   </si>
   <si>
     <t>MARCO ANTONIO ESCALANTE ZAPATA</t>
   </si>
   <si>
     <t>MARIA  BARRIENTOS HUACHO</t>
   </si>
   <si>
     <t>MARIA  CHICLLA CHAVEZ</t>
   </si>
   <si>
+    <t>MARIA FALCON</t>
+  </si>
+  <si>
+    <t>00000000</t>
+  </si>
+  <si>
     <t>MARIANO  CUIPA CONDE</t>
   </si>
   <si>
     <t>MARIANO CONCEPCION QUINTANA AVALOS</t>
   </si>
   <si>
     <t>MARIO  CCONISLLA HUILLCA</t>
   </si>
   <si>
     <t>MARIO  GOMEZ HANCCO</t>
   </si>
   <si>
     <t>MARIO  TELLO TEJADA</t>
   </si>
   <si>
     <t>MARIO GUILMER OROSCO ESCOBAR</t>
   </si>
   <si>
     <t>MARIO RENE PURACA MAMANI</t>
   </si>
   <si>
     <t>MARISOL  ESTRADA CHIPA</t>
   </si>
   <si>
+    <t>MARPEZA EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
+  </si>
+  <si>
+    <t>MZA. C LOTE. 6 URB.  SAN MARTIN  (MED ABAJ SUPERCOLA F PEDRAZA C3P CONCRET) - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>MARQUEZ DONAIRES MARLENI</t>
   </si>
   <si>
     <t>MARTHA  ROSSEL SOMOCURCIO</t>
   </si>
   <si>
     <t>MAXIMILIANA  MOLINA CHIRINOS</t>
   </si>
   <si>
     <t>MAXIMILIANO  DONGO GALVEZ</t>
   </si>
   <si>
     <t>06581363</t>
   </si>
   <si>
     <t>MAXIMO  BRAVO CHIRINOS</t>
   </si>
   <si>
     <t>MEISA DISTRIBUCIONES E.I.R.L.</t>
   </si>
   <si>
     <t>MZA. J LOTE. 2 ASC.  ASOC. DE VIVIENDA MANUEL ESCORZA - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>MELCHOR  ABARCA SOTELO</t>
@@ -2066,107 +2147,110 @@
   <si>
     <t>AV. CAMINO REAL NRO. 108 DPTO. A602 RES.  CAMINO REAL II  (FRENTE A SANTA URSULA) - CUSCO - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>PROEDIFICA INGENIERIA Y CONSTRUCCIÃN S.R.L</t>
   </si>
   <si>
     <t>AV. CONDEBAMBA NRO. 222 URB.  CONDEBAMBA - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>PROGRAMA DE COMPENSACIONES PARA LA COMPETITIVIDAD</t>
   </si>
   <si>
     <t>CAL.CORONEL ODRIOZOLA NRO. 171 URB.  ORRANTIA - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>PROYECTOS E INVERSIONES ZSC S.A.C</t>
   </si>
   <si>
     <t>CAL.1 MZA. C2 LOTE. 1 A.H.  SEÃOR DE LUREN  (A MEDIA CUADRA DE INABIF NIÃO JESUSITO) - SAN JUAN DE LURIGANCHO - LIMA - LIMA</t>
   </si>
   <si>
     <t>PUESTO DE SALUD SAN MARTIN</t>
   </si>
   <si>
+    <t>00046512</t>
+  </si>
+  <si>
     <t>00000214</t>
   </si>
   <si>
     <t>SAN MARTIN ABANCAY APURIMAC</t>
   </si>
   <si>
-    <t>00000000</t>
-[...4 lines deleted...]
-  <si>
     <t>PUESTO DE SALUD SANMARTIN</t>
   </si>
   <si>
     <t>00000125</t>
   </si>
   <si>
     <t>PUESTO DE SALUD SOCCO</t>
   </si>
   <si>
     <t>PUGA ORDOÃEZ BRYAN BRUCE</t>
   </si>
   <si>
     <t>QUINTANA CALLA EDGAR</t>
   </si>
   <si>
     <t>QUINTANA CAMERO LIZ MIRIAM</t>
   </si>
   <si>
     <t>QUISPE ARCE FRANK JHOSEP</t>
   </si>
   <si>
     <t>QUISPE RAYME EDITH MARISOL</t>
   </si>
   <si>
     <t>QUISPE YUCRA RITA LOURDES</t>
   </si>
   <si>
     <t>RAFAEL  CRUZ MARTINEZ</t>
   </si>
   <si>
     <t>RAMIREZ BUSTAMANTE JUSTO WALDO</t>
   </si>
   <si>
     <t>-JR. JUNIN NÂª 209 - -</t>
   </si>
   <si>
     <t>RAMIRO  HUANCA PEREZ</t>
   </si>
   <si>
     <t>RAUL  QUISPE COAQUIRA</t>
   </si>
   <si>
     <t>RED DE SALUD ABANCAY</t>
   </si>
   <si>
+    <t>REGAS S.A.C.</t>
+  </si>
+  <si>
+    <t>OTR.PARTE 1 NRO. 1 INT. 2 SEC.  PREDIO RUSTICO RECREO PARET 1 SECTOR CAPULIPATA  (CARRT CUSCO ANTA,2DO PISO PRETROGALAXY) - CACHIMAYO - ANTA - CUSCO</t>
+  </si>
+  <si>
     <t>REINA DE LOS ANGUELES</t>
   </si>
   <si>
     <t>REPRESENTACIONES HNOS. ARONE SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>AV. SOANE NRO. 116 OTR.  OVALO OLIVO  (LOCAL DEL COLEGIO DE ABOGADOS) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>REPRESENTACIONES SADIMA EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>MZA. K LOTE. 4 URB.  SAN FRANCISCO  (PATIBAMBABAJA 2CDRS ABAJ PTA3 ESSALUD) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>REYNA  QUISPE MAYHUIRE</t>
   </si>
   <si>
     <t>RIBER  QUISPE ALEGRIA</t>
   </si>
   <si>
     <t>RICARDO  SANCHEZ DEL POZO</t>
   </si>
   <si>
     <t>RICHAR  SORIA VILLAFUERTE</t>
@@ -2399,50 +2483,56 @@
   <si>
     <t>SUPERINTENDENCIA DE TRANSPORTE TERRESTRE DE PERSONAS, CARGA Y MERCANCIAS</t>
   </si>
   <si>
     <t>AV. GENERAL ALVAREZ DE ARENALES NRO. 452 URB.  SANTA BEATRIZ - JESUS MARIA - LIMA - LIMA</t>
   </si>
   <si>
     <t>TABLEROS KEPAL E.I.R.L</t>
   </si>
   <si>
     <t>JR. AREQUIPA NRO. 1236 - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>TAMBO GRANDE S.A.C</t>
   </si>
   <si>
     <t>AV. NESTOR PEÃA NRO. 399 (600M ABAJO ESCUELA PRIMARIA CDRA 3) - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>TASS QUITASOL</t>
   </si>
   <si>
     <t>QUITASL</t>
   </si>
   <si>
+    <t>TELECOMUNICACIONES DEL PERU S.A.C.</t>
+  </si>
+  <si>
+    <t>CAL.ARTURO DURAY NRO. 223 INT. 402 URB.  JORGE CHAVEZ  (ALTURA DE LA CUADRA 7 - AV. PRINCIPAL) - SURQUILLO - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>TELLO RODRIGUEZ LEOPOLDO</t>
   </si>
   <si>
     <t>TELLO RODRIGUEZ SAMUEL RUSELL</t>
   </si>
   <si>
     <t>TERMINAL TERRESTRE ABANCAY</t>
   </si>
   <si>
     <t>THOMY DECOR E.I.R.L.</t>
   </si>
   <si>
     <t>AV. MANUEL PRADO ALTO NRO. 810 URB.  MANUEL PRADO ALTO - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>TOROMANYA PUMAPILLO ROSEL</t>
   </si>
   <si>
     <t>TRANSCARGO RIVATOURS S.R.L.</t>
   </si>
   <si>
     <t>AV. LAS MAGNOLIAS NRO. SN URB.  PATIBAMBA BAJA  (CT CONDOMINIO DON TORIBIO C3P CONCRETO) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>TRANSPORTES BREDDE E.I.R.L.</t>
@@ -2519,50 +2609,53 @@
   <si>
     <t>VETERINARIA MASTERVET S.A.C</t>
   </si>
   <si>
     <t>AV. ABANCAY NRO. S/N P.J.  PATIBAMBA  (FRENTE AL PARQUE DEL PERIODISTA) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>VH CONSTRUCTORA E INMOBILIARIA SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>JR. AREQUIPA NRO. 702 INT. 07 OTR.  CERCADO - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>VH FERRETERIA &amp; LIBRERIA SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>AV. TUPAC AMARU NRO. 130 URB.  TAMBURCO  (MEDIA CUADRA A PPLAZA DE ARMAS DE TAMBUR) - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>VICENTE  BUEZO CASTRO</t>
   </si>
   <si>
     <t>VICTOR  ALIAGA ÃAHUINMALLMA</t>
   </si>
   <si>
+    <t>VICTOR  CHACON JIMENEZ</t>
+  </si>
+  <si>
     <t>VICTOR  SILVA UCHUPE</t>
   </si>
   <si>
     <t>VICTORIANO RUBEN HURTADO ARCE</t>
   </si>
   <si>
     <t>04745686</t>
   </si>
   <si>
     <t>VIDAL  NAVIO SANCHEZ</t>
   </si>
   <si>
     <t>VILLA SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>AV. DIAZ BARCENAS NRO. 545 URB.  ABANCAY  (FRENTE DEL HOTEL TURISTA) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>VILMA SERRANO</t>
   </si>
   <si>
     <t>VIRGILIO  HUAMAN PALOMINO</t>
   </si>
   <si>
     <t>VIRGILIO  SANTE OCAMPO</t>
@@ -2603,69 +2696,75 @@
   <si>
     <t>WILLIAN ALBERTO SAMAYANI CATASI</t>
   </si>
   <si>
     <t>WILMER CASTILLO ROMERO</t>
   </si>
   <si>
     <t>WILSON  GUZMAN HUILLCA</t>
   </si>
   <si>
     <t>WMR CONTRATISTA EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>CAL.I MZA. I LOTE. 26 URB.  LAS PALMERAS - ICA - ICA - ICA</t>
   </si>
   <si>
     <t>YALU  GARAY SANTOS</t>
   </si>
   <si>
     <t>YENNY  CAMACHO VALER</t>
   </si>
   <si>
     <t>YESICA  HUAMANÃAHUI ARIAS</t>
   </si>
   <si>
+    <t>YHON CARLOS ANTONIO ALARCON</t>
+  </si>
+  <si>
     <t>YOUR CASE S.R.L.</t>
   </si>
   <si>
     <t>AV. DIAZ BARCENAS NRO. 314 URB.  PUEBLO LIBRE - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>YOVANA EDIT OBREGON ZARZO</t>
   </si>
   <si>
     <t>YUNIOR  CUEVAS MURIEL</t>
   </si>
   <si>
     <t>YUNIOR ROSSELL HERMOZA CHIPANA</t>
   </si>
   <si>
     <t>ZAFIRO MEEPB SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>OTR.G.U VALER NRO. SN URB.  G.U VALER D11 - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
+    <t>ZANABRIA AMPUERO LENIN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3018,54 +3117,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H625"/>
+  <dimension ref="A1:H649"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H625" sqref="H625"/>
+      <selection activeCell="H649" sqref="H649"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="100" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
@@ -3534,12661 +3633,13171 @@
       </c>
       <c r="B24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C24" s="3">
         <v>31124189</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="3">
-        <v>31022798</v>
+        <v>20608346211</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E25" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>40</v>
+      </c>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="C26" s="3" t="s">
         <v>41</v>
       </c>
+      <c r="C26" s="3">
+        <v>20613957406</v>
+      </c>
       <c r="D26" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E26" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>42</v>
+      </c>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C27" s="3">
-        <v>10448419164</v>
+        <v>31022798</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>10479610946</v>
+        <v>44</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>45</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C29" s="3">
-        <v>20610387668</v>
+        <v>10448419164</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C30" s="3">
-        <v>20613553062</v>
+        <v>10479610946</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="3">
-        <v>20554332677</v>
+        <v>20610387668</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="3">
-        <v>20490907140</v>
+        <v>20613553062</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="3">
-        <v>20600357540</v>
+        <v>20554332677</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="3">
-        <v>20602382622</v>
+        <v>20490907140</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="3">
-        <v>20526901615</v>
+        <v>20600357540</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="3">
-        <v>20490517431</v>
+        <v>20602382622</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="3">
-        <v>20490736400</v>
+        <v>20526901615</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="3">
-        <v>20611401192</v>
+        <v>20490517431</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="3">
-        <v>20611080736</v>
+        <v>20490736400</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C40" s="3">
-        <v>78151020</v>
+        <v>20611401192</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E40" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>67</v>
+      </c>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C41" s="3">
-        <v>20202020</v>
+        <v>20611080736</v>
       </c>
       <c r="D41" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C42" s="3">
-        <v>20503808405</v>
+        <v>78151020</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C43" s="3">
-        <v>15234122</v>
+        <v>20527141509</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E43" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>72</v>
+      </c>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C44" s="3">
-        <v>10311241899</v>
+        <v>20202020</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C45" s="3">
-        <v>20603205970</v>
+        <v>20503808405</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C46" s="3">
-        <v>20520711865</v>
+        <v>15234122</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C47" s="3">
-        <v>10407577782</v>
+        <v>10311241899</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C48" s="3">
-        <v>20601086752</v>
+        <v>20603205970</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C49" s="3">
-        <v>10416214731</v>
+        <v>20520711865</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C50" s="3">
-        <v>10098566576</v>
+        <v>10407577782</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C51" s="3">
-        <v>31022876</v>
+        <v>20601086752</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E51" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>85</v>
+      </c>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C52" s="3">
-        <v>10060009835</v>
+        <v>10416214731</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C53" s="3">
-        <v>20601277272</v>
+        <v>15526975143</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C54" s="3">
-        <v>20603956924</v>
+        <v>10098566576</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C55" s="3">
-        <v>31001569</v>
+        <v>31022876</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C56" s="3">
-        <v>20548074810</v>
+        <v>10060009835</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C57" s="3">
-        <v>45668239</v>
+        <v>20601277272</v>
       </c>
       <c r="D57" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E57" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>92</v>
+      </c>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C58" s="3">
-        <v>20433270461</v>
+        <v>20603956924</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C59" s="3">
-        <v>10310450290</v>
+        <v>31001569</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C60" s="3">
-        <v>31024262</v>
+        <v>20548074810</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E60" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>97</v>
+      </c>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
       <c r="H60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C61" s="3">
-        <v>20114839176</v>
+        <v>45668239</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C62" s="3">
-        <v>10437930690</v>
+        <v>20433270461</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
       <c r="H62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C63" s="3">
-        <v>10249994702</v>
+        <v>10413203177</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C64" s="3">
-        <v>10474897473</v>
+        <v>10310450290</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
       <c r="H64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C65" s="3">
-        <v>41446610</v>
+        <v>31024262</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C66" s="3">
-        <v>70930053</v>
+        <v>20114839176</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E66" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>105</v>
+      </c>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C67" s="3">
-        <v>25087810</v>
+        <v>10437930690</v>
       </c>
       <c r="D67" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E67" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C68" s="3">
-        <v>31011282</v>
+        <v>10249994702</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E68" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C69" s="3">
-        <v>20610766588</v>
+        <v>10474897473</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C70" s="3">
-        <v>10437692195</v>
+        <v>41446610</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E70" s="3"/>
       <c r="F70" s="3"/>
       <c r="G70" s="3"/>
       <c r="H70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C71" s="3">
-        <v>10429703684</v>
+        <v>70930053</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C72" s="3">
-        <v>10413954113</v>
+        <v>25087810</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C73" s="3">
-        <v>10461363143</v>
+        <v>31011282</v>
       </c>
       <c r="D73" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C74" s="3">
-        <v>10310108630</v>
+        <v>20610766588</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>13</v>
+        <v>114</v>
       </c>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C75" s="3">
-        <v>10476279823</v>
+        <v>10087421428</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C76" s="3">
-        <v>20607978914</v>
+        <v>10437692195</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C77" s="3">
-        <v>95163143</v>
+        <v>10429703684</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>116</v>
+        <v>13</v>
       </c>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C78" s="3">
-        <v>23990134</v>
+        <v>10413954113</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E78" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F78" s="3"/>
       <c r="G78" s="3"/>
       <c r="H78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C79" s="3">
-        <v>20609420333</v>
+        <v>10461363143</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>119</v>
+        <v>13</v>
       </c>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C80" s="3">
-        <v>10310150636</v>
+        <v>10310108630</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C81" s="3">
-        <v>20600977661</v>
+        <v>10476279823</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C82" s="3">
+        <v>20607978914</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="C82" s="3">
-[...5 lines deleted...]
-      <c r="E82" s="3"/>
       <c r="F82" s="3"/>
       <c r="G82" s="3"/>
       <c r="H82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C83" s="3">
-        <v>80154827</v>
+        <v>95163143</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E83" s="3"/>
+      <c r="E83" s="3" t="s">
+        <v>125</v>
+      </c>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C84" s="3">
-        <v>45321084</v>
+        <v>23990134</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E84" s="3"/>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C85" s="3">
-        <v>20601437300</v>
+        <v>20609420333</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C86" s="3">
-        <v>25424315</v>
+        <v>10310150636</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E86" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C87" s="3">
-        <v>70779393</v>
+        <v>20600977661</v>
       </c>
       <c r="D87" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E87" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>131</v>
+      </c>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
       <c r="H87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C88" s="3">
-        <v>45646451</v>
+        <v>31038519</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C89" s="3">
-        <v>20203344</v>
+        <v>43904339</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C90" s="3">
-        <v>20603416415</v>
+        <v>80154827</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C91" s="3">
-        <v>31033330</v>
+        <v>45321084</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C92" s="3">
-        <v>20491097338</v>
+        <v>20601437300</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C93" s="3">
-        <v>20490467158</v>
+        <v>25424315</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E93" s="3"/>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C94" s="3">
-        <v>10489365869</v>
+        <v>70779393</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E94" s="3"/>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
       <c r="H94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="C95" s="3" t="s">
-        <v>141</v>
+      <c r="C95" s="3">
+        <v>45646451</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E95" s="3"/>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
       <c r="H95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C96" s="3">
-        <v>20450532372</v>
+        <v>20203344</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C97" s="3">
-        <v>20613622081</v>
+        <v>20603416415</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C98" s="3">
-        <v>31031100</v>
+        <v>31033330</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E98" s="3"/>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
       <c r="H98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C99" s="3">
-        <v>20601911184</v>
+        <v>20491097338</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F99" s="3"/>
       <c r="G99" s="3"/>
       <c r="H99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C100" s="3">
-        <v>20614750961</v>
+        <v>20490467158</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="F100" s="3"/>
       <c r="G100" s="3"/>
       <c r="H100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C101" s="3">
-        <v>44425144</v>
+        <v>10489365869</v>
       </c>
       <c r="D101" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E101" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>21405444</v>
+        <v>150</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>151</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E102" s="3"/>
       <c r="F102" s="3"/>
       <c r="G102" s="3"/>
       <c r="H102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C103" s="3">
+        <v>20450532372</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>153</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C104" s="3">
+        <v>20615028127</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>155</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C105" s="3">
+        <v>20613622081</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>158</v>
       </c>
       <c r="F105" s="3"/>
       <c r="G105" s="3"/>
       <c r="H105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C106" s="3">
-        <v>20610578536</v>
+        <v>31031100</v>
       </c>
       <c r="D106" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E106" s="3"/>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C107" s="3">
-        <v>20603980540</v>
+        <v>20601911184</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C108" s="3">
-        <v>20609428342</v>
+        <v>20614750961</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F108" s="3"/>
       <c r="G108" s="3"/>
       <c r="H108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C109" s="3">
-        <v>20601720486</v>
+        <v>44425144</v>
       </c>
       <c r="D109" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C110" s="3">
-        <v>20528078088</v>
+        <v>21405444</v>
       </c>
       <c r="D110" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E110" s="3"/>
       <c r="F110" s="3"/>
       <c r="G110" s="3"/>
       <c r="H110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C111" s="3">
-        <v>20408319081</v>
+        <v>20600962796</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="F111" s="3"/>
       <c r="G111" s="3"/>
       <c r="H111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C112" s="3">
-        <v>20610328955</v>
+        <v>20609648610</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="F112" s="3"/>
       <c r="G112" s="3"/>
       <c r="H112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="C113" s="3">
-        <v>20605878696</v>
+        <v>20609171376</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
       <c r="H113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="C114" s="3">
-        <v>20490325957</v>
+        <v>20610578536</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
       <c r="H114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C115" s="3">
-        <v>20607933376</v>
+        <v>20603980540</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
       <c r="H115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C116" s="3">
-        <v>20490864661</v>
+        <v>20609428342</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C117" s="3">
-        <v>20526918429</v>
+        <v>20601720486</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
       <c r="H117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C118" s="3">
-        <v>20609980487</v>
+        <v>20528078088</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C119" s="3">
-        <v>20611547448</v>
+        <v>20408319081</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C120" s="3">
-        <v>20611136863</v>
+        <v>20610328955</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
       <c r="H120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C121" s="3">
-        <v>20488052722</v>
+        <v>20605878696</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="F121" s="3"/>
       <c r="G121" s="3"/>
       <c r="H121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C122" s="3">
-        <v>20491001675</v>
+        <v>20490325957</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
       <c r="H122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C123" s="3">
-        <v>20602073271</v>
+        <v>20607933376</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
       <c r="H123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C124" s="3">
-        <v>71810862</v>
+        <v>20490864661</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E124" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>192</v>
+      </c>
       <c r="F124" s="3"/>
       <c r="G124" s="3"/>
       <c r="H124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C125" s="3">
-        <v>72223584</v>
+        <v>20526918429</v>
       </c>
       <c r="D125" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E125" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>194</v>
+      </c>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C126" s="3">
-        <v>47876473</v>
+        <v>10310142340</v>
       </c>
       <c r="D126" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E126" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F126" s="3"/>
       <c r="G126" s="3"/>
       <c r="H126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C127" s="3">
-        <v>31043433</v>
+        <v>20609980487</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E127" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>197</v>
+      </c>
       <c r="F127" s="3"/>
       <c r="G127" s="3"/>
       <c r="H127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C128" s="3">
+        <v>20611547448</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>199</v>
-      </c>
-[...7 lines deleted...]
-        <v>200</v>
       </c>
       <c r="F128" s="3"/>
       <c r="G128" s="3"/>
       <c r="H128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C129" s="3">
+        <v>20611136863</v>
+      </c>
+      <c r="D129" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F129" s="3"/>
       <c r="G129" s="3"/>
       <c r="H129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C130" s="3">
-        <v>20609109531</v>
+        <v>20488052722</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F130" s="3"/>
       <c r="G130" s="3"/>
       <c r="H130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C131" s="3">
-        <v>77065856</v>
+        <v>20491001675</v>
       </c>
       <c r="D131" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E131" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>205</v>
+      </c>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C132" s="3">
-        <v>20611516151</v>
+        <v>20602073271</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F132" s="3"/>
       <c r="G132" s="3"/>
       <c r="H132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C133" s="3">
-        <v>20523196848</v>
+        <v>71810862</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C134" s="3">
-        <v>31032346</v>
+        <v>72223584</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E134" s="3"/>
       <c r="F134" s="3"/>
       <c r="G134" s="3"/>
       <c r="H134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C135" s="3">
-        <v>43761438</v>
+        <v>47876473</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E135" s="3"/>
       <c r="F135" s="3"/>
       <c r="G135" s="3"/>
       <c r="H135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C136" s="3">
-        <v>31004940</v>
+        <v>31043433</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E136" s="3"/>
       <c r="F136" s="3"/>
       <c r="G136" s="3"/>
       <c r="H136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C137" s="3">
-        <v>70792830</v>
+        <v>20527412031</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E137" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>213</v>
+      </c>
       <c r="F137" s="3"/>
       <c r="G137" s="3"/>
       <c r="H137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C138" s="3">
-        <v>31004911</v>
+        <v>10310206721</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E138" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C139" s="3">
-        <v>42250757</v>
+        <v>20609109531</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E139" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>216</v>
+      </c>
       <c r="F139" s="3"/>
       <c r="G139" s="3"/>
       <c r="H139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C140" s="3">
-        <v>41031123</v>
+        <v>77065856</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E140" s="3"/>
       <c r="F140" s="3"/>
       <c r="G140" s="3"/>
       <c r="H140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C141" s="3">
-        <v>42344393</v>
+        <v>20611516151</v>
       </c>
       <c r="D141" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E141" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>219</v>
+      </c>
       <c r="F141" s="3"/>
       <c r="G141" s="3"/>
       <c r="H141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C142" s="3">
-        <v>20509675491</v>
+        <v>20523196848</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="F142" s="3"/>
       <c r="G142" s="3"/>
       <c r="H142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C143" s="3">
-        <v>70060300</v>
+        <v>31032346</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E143" s="3"/>
       <c r="F143" s="3"/>
       <c r="G143" s="3"/>
       <c r="H143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>223</v>
+      </c>
+      <c r="C144" s="3">
+        <v>43761438</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>224</v>
+      </c>
+      <c r="C145" s="3">
+        <v>31004940</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E145" s="3"/>
       <c r="F145" s="3"/>
       <c r="G145" s="3"/>
       <c r="H145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C146" s="3">
-        <v>20365993671</v>
+        <v>20527420726</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F146" s="3"/>
       <c r="G146" s="3"/>
       <c r="H146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C147" s="3">
-        <v>31025402</v>
+        <v>70792830</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E147" s="3"/>
       <c r="F147" s="3"/>
       <c r="G147" s="3"/>
       <c r="H147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C148" s="3">
-        <v>25698742</v>
+        <v>31004911</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E148" s="3"/>
       <c r="F148" s="3"/>
       <c r="G148" s="3"/>
       <c r="H148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C149" s="3">
-        <v>20564394476</v>
+        <v>42250757</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C150" s="3">
-        <v>20611657723</v>
+        <v>41031123</v>
       </c>
       <c r="D150" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E150" s="3"/>
       <c r="F150" s="3"/>
       <c r="G150" s="3"/>
       <c r="H150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C151" s="3">
-        <v>20527159114</v>
+        <v>42344393</v>
       </c>
       <c r="D151" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E151" s="3"/>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C152" s="3">
-        <v>31023068</v>
+        <v>20509675491</v>
       </c>
       <c r="D152" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E152" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>233</v>
+      </c>
       <c r="F152" s="3"/>
       <c r="G152" s="3"/>
       <c r="H152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C153" s="3">
-        <v>31042466</v>
+        <v>70060300</v>
       </c>
       <c r="D153" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E153" s="3"/>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
       <c r="H153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C154" s="3" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>40511244</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E154" s="3"/>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
       <c r="H154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="C155" s="3">
-        <v>20506988153</v>
+      <c r="C155" s="3" t="s">
+        <v>238</v>
       </c>
       <c r="D155" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E155" s="3"/>
       <c r="F155" s="3"/>
       <c r="G155" s="3"/>
       <c r="H155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C156" s="3">
-        <v>10310131879</v>
+        <v>20365993671</v>
       </c>
       <c r="D156" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>13</v>
+        <v>240</v>
       </c>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
       <c r="H156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C157" s="3">
-        <v>70803679</v>
+        <v>31025402</v>
       </c>
       <c r="D157" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E157" s="3"/>
       <c r="F157" s="3"/>
       <c r="G157" s="3"/>
       <c r="H157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C158" s="3">
-        <v>20405574</v>
+        <v>25698742</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E158" s="3"/>
       <c r="F158" s="3"/>
       <c r="G158" s="3"/>
       <c r="H158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C159" s="3">
-        <v>42856362</v>
+        <v>20564394476</v>
       </c>
       <c r="D159" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E159" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>244</v>
+      </c>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C160" s="3">
-        <v>31011201</v>
+        <v>20611657723</v>
       </c>
       <c r="D160" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E160" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>246</v>
+      </c>
       <c r="F160" s="3"/>
       <c r="G160" s="3"/>
       <c r="H160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C161" s="3">
-        <v>45462036</v>
+        <v>20527159114</v>
       </c>
       <c r="D161" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E161" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>248</v>
+      </c>
       <c r="F161" s="3"/>
       <c r="G161" s="3"/>
       <c r="H161" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C162" s="3">
-        <v>43809213</v>
+        <v>31023068</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E162" s="3"/>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C163" s="3">
-        <v>10812533</v>
+        <v>31042466</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C164" s="3">
-        <v>20177892280</v>
+        <v>40511244</v>
       </c>
       <c r="D164" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E164" s="3"/>
       <c r="F164" s="3"/>
       <c r="G164" s="3"/>
       <c r="H164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C165" s="3">
-        <v>20116544289</v>
+        <v>20506988153</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="F165" s="3"/>
       <c r="G165" s="3"/>
       <c r="H165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C166" s="3">
-        <v>23919112</v>
+        <v>10310131879</v>
       </c>
       <c r="D166" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E166" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F166" s="3"/>
       <c r="G166" s="3"/>
       <c r="H166" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C167" s="3">
-        <v>31302058</v>
+        <v>70803679</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E167" s="3"/>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C168" s="3">
-        <v>41375550</v>
+        <v>20405574</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E168" s="3"/>
+      <c r="E168" s="3" t="s">
+        <v>257</v>
+      </c>
       <c r="F168" s="3"/>
       <c r="G168" s="3"/>
       <c r="H168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="C169" s="3">
-        <v>42999970</v>
+        <v>42856362</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E169" s="3"/>
       <c r="F169" s="3"/>
       <c r="G169" s="3"/>
       <c r="H169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>259</v>
+      </c>
+      <c r="C170" s="3">
+        <v>31011201</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E170" s="3"/>
       <c r="F170" s="3"/>
       <c r="G170" s="3"/>
       <c r="H170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>260</v>
+      </c>
+      <c r="C171" s="3">
+        <v>45462036</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E171" s="3"/>
       <c r="F171" s="3"/>
       <c r="G171" s="3"/>
       <c r="H171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C172" s="3">
-        <v>20604124647</v>
+        <v>43809213</v>
       </c>
       <c r="D172" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E172" s="3"/>
       <c r="F172" s="3"/>
       <c r="G172" s="3"/>
       <c r="H172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C173" s="3">
-        <v>20539758951</v>
+        <v>10812533</v>
       </c>
       <c r="D173" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E173" s="3"/>
       <c r="F173" s="3"/>
       <c r="G173" s="3"/>
       <c r="H173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C174" s="3">
-        <v>20601210097</v>
+        <v>20177892280</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E174" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E174" s="3"/>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
       <c r="H174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C175" s="3">
+        <v>20116544289</v>
+      </c>
+      <c r="D175" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>265</v>
-      </c>
-[...7 lines deleted...]
-        <v>266</v>
       </c>
       <c r="F175" s="3"/>
       <c r="G175" s="3"/>
       <c r="H175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="C176" s="3">
-        <v>20563896010</v>
+        <v>23919112</v>
       </c>
       <c r="D176" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E176" s="3"/>
       <c r="F176" s="3"/>
       <c r="G176" s="3"/>
       <c r="H176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C177" s="3">
-        <v>20614440393</v>
+        <v>31302058</v>
       </c>
       <c r="D177" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E177" s="3"/>
       <c r="F177" s="3"/>
       <c r="G177" s="3"/>
       <c r="H177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="C178" s="3">
-        <v>31016522</v>
+        <v>41375550</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E178" s="3"/>
       <c r="F178" s="3"/>
       <c r="G178" s="3"/>
       <c r="H178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C179" s="3">
-        <v>20115425651</v>
+        <v>42999970</v>
       </c>
       <c r="D179" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E179" s="3"/>
       <c r="F179" s="3"/>
       <c r="G179" s="3"/>
       <c r="H179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>20563859246</v>
+        <v>270</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>271</v>
       </c>
       <c r="D180" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E180" s="3"/>
       <c r="F180" s="3"/>
       <c r="G180" s="3"/>
       <c r="H180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>10427921668</v>
+        <v>272</v>
+      </c>
+      <c r="C181" s="3" t="s">
+        <v>273</v>
       </c>
       <c r="D181" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E181" s="3"/>
       <c r="F181" s="3"/>
       <c r="G181" s="3"/>
       <c r="H181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="C182" s="3">
-        <v>10466693354</v>
+        <v>20604124647</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>13</v>
+        <v>275</v>
       </c>
       <c r="F182" s="3"/>
       <c r="G182" s="3"/>
       <c r="H182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C183" s="3">
-        <v>20450700771</v>
+        <v>20539758951</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="F183" s="3"/>
       <c r="G183" s="3"/>
       <c r="H183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>278</v>
+      </c>
+      <c r="C184" s="3">
+        <v>20601210097</v>
       </c>
       <c r="D184" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E184" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>279</v>
+      </c>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
       <c r="H184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C185" s="3">
-        <v>10100584030</v>
+        <v>20527022917</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>13</v>
+        <v>281</v>
       </c>
       <c r="F185" s="3"/>
       <c r="G185" s="3"/>
       <c r="H185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="C186" s="3">
+        <v>20563896010</v>
+      </c>
+      <c r="D186" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>283</v>
-      </c>
-[...7 lines deleted...]
-        <v>284</v>
       </c>
       <c r="F186" s="3"/>
       <c r="G186" s="3"/>
       <c r="H186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C187" s="3">
+        <v>20614440393</v>
+      </c>
+      <c r="D187" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="C187" s="3">
-[...5 lines deleted...]
-      <c r="E187" s="3"/>
       <c r="F187" s="3"/>
       <c r="G187" s="3"/>
       <c r="H187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C188" s="3">
-        <v>10310206801</v>
+        <v>31016522</v>
       </c>
       <c r="D188" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E188" s="3"/>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
       <c r="H188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C189" s="3">
-        <v>77213998</v>
+        <v>20115425651</v>
       </c>
       <c r="D189" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E189" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>288</v>
+      </c>
       <c r="F189" s="3"/>
       <c r="G189" s="3"/>
       <c r="H189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C190" s="3">
-        <v>31015102</v>
+        <v>20563859246</v>
       </c>
       <c r="D190" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E190" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>290</v>
+      </c>
       <c r="F190" s="3"/>
       <c r="G190" s="3"/>
       <c r="H190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>291</v>
+      </c>
+      <c r="C191" s="3">
+        <v>10427921668</v>
       </c>
       <c r="D191" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E191" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F191" s="3"/>
       <c r="G191" s="3"/>
       <c r="H191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C192" s="3">
-        <v>31026377</v>
+        <v>10466693354</v>
       </c>
       <c r="D192" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E192" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F192" s="3"/>
       <c r="G192" s="3"/>
       <c r="H192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C193" s="3">
-        <v>31020300</v>
+        <v>20450700771</v>
       </c>
       <c r="D193" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E193" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>294</v>
+      </c>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>20563945169</v>
+        <v>295</v>
+      </c>
+      <c r="C194" s="3" t="s">
+        <v>296</v>
       </c>
       <c r="D194" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E194" s="3"/>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
       <c r="H194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C195" s="3">
-        <v>20609263131</v>
+        <v>10100584030</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>296</v>
+        <v>13</v>
       </c>
       <c r="F195" s="3"/>
       <c r="G195" s="3"/>
       <c r="H195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C196" s="3">
-        <v>20609300834</v>
+        <v>20612009709</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F196" s="3"/>
       <c r="G196" s="3"/>
       <c r="H196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C197" s="3">
-        <v>20490400088</v>
+        <v>31037002</v>
       </c>
       <c r="D197" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E197" s="3"/>
       <c r="F197" s="3"/>
       <c r="G197" s="3"/>
       <c r="H197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C198" s="3">
-        <v>31011717</v>
+        <v>10310206801</v>
       </c>
       <c r="D198" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E198" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F198" s="3"/>
       <c r="G198" s="3"/>
       <c r="H198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C199" s="3">
-        <v>45933898</v>
+        <v>77213998</v>
       </c>
       <c r="D199" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E199" s="3"/>
       <c r="F199" s="3"/>
       <c r="G199" s="3"/>
       <c r="H199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C200" s="3">
-        <v>31036717</v>
+        <v>31015102</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E200" s="3"/>
       <c r="F200" s="3"/>
       <c r="G200" s="3"/>
       <c r="H200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="C201" s="3">
-        <v>31006064</v>
+      <c r="C201" s="3" t="s">
+        <v>305</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E201" s="3"/>
       <c r="F201" s="3"/>
       <c r="G201" s="3"/>
       <c r="H201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C202" s="3">
-        <v>10310382766</v>
+        <v>31026377</v>
       </c>
       <c r="D202" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E202" s="3"/>
       <c r="F202" s="3"/>
       <c r="G202" s="3"/>
       <c r="H202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C203" s="3">
-        <v>73546262</v>
+        <v>31020300</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E203" s="3"/>
       <c r="F203" s="3"/>
       <c r="G203" s="3"/>
       <c r="H203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C204" s="3">
-        <v>10310202881</v>
+        <v>20563945169</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>13</v>
+        <v>309</v>
       </c>
       <c r="F204" s="3"/>
       <c r="G204" s="3"/>
       <c r="H204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C205" s="3">
-        <v>10310442424</v>
+        <v>20609263131</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>13</v>
+        <v>311</v>
       </c>
       <c r="F205" s="3"/>
       <c r="G205" s="3"/>
       <c r="H205" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C206" s="3">
-        <v>20570606035</v>
+        <v>20609300834</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="F206" s="3"/>
       <c r="G206" s="3"/>
       <c r="H206" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C207" s="3">
-        <v>20601520398</v>
+        <v>20490400088</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="F207" s="3"/>
       <c r="G207" s="3"/>
       <c r="H207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C208" s="3">
-        <v>20602413544</v>
+        <v>31011717</v>
       </c>
       <c r="D208" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E208" s="3"/>
       <c r="F208" s="3"/>
       <c r="G208" s="3"/>
       <c r="H208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C209" s="3">
-        <v>20601312361</v>
+        <v>23998823</v>
       </c>
       <c r="D209" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E209" s="3"/>
       <c r="F209" s="3"/>
       <c r="G209" s="3"/>
       <c r="H209" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C210" s="3">
-        <v>41350764</v>
+        <v>45933898</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E210" s="3"/>
       <c r="F210" s="3"/>
       <c r="G210" s="3"/>
       <c r="H210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C211" s="3">
-        <v>21356483</v>
+        <v>31036717</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E211" s="3"/>
       <c r="F211" s="3"/>
       <c r="G211" s="3"/>
       <c r="H211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C212" s="3">
-        <v>31006243</v>
+        <v>31006064</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E212" s="3"/>
       <c r="F212" s="3"/>
       <c r="G212" s="3"/>
       <c r="H212" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C213" s="3">
-        <v>31031209</v>
+        <v>10310382766</v>
       </c>
       <c r="D213" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E213" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F213" s="3"/>
       <c r="G213" s="3"/>
       <c r="H213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C214" s="3">
-        <v>35327711</v>
+        <v>73546262</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E214" s="3"/>
       <c r="F214" s="3"/>
       <c r="G214" s="3"/>
       <c r="H214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C215" s="3">
-        <v>31537233</v>
+        <v>10310202881</v>
       </c>
       <c r="D215" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E215" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F215" s="3"/>
       <c r="G215" s="3"/>
       <c r="H215" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C216" s="3">
-        <v>20600618025</v>
+        <v>10310442424</v>
       </c>
       <c r="D216" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>324</v>
+        <v>13</v>
       </c>
       <c r="F216" s="3"/>
       <c r="G216" s="3"/>
       <c r="H216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C217" s="3">
-        <v>70096767</v>
+        <v>20570606035</v>
       </c>
       <c r="D217" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E217" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>326</v>
+      </c>
       <c r="F217" s="3"/>
       <c r="G217" s="3"/>
       <c r="H217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C218" s="3">
-        <v>20527141762</v>
+        <v>20601520398</v>
       </c>
       <c r="D218" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F218" s="3"/>
       <c r="G218" s="3"/>
       <c r="H218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C219" s="3">
-        <v>10313019930</v>
+        <v>20602413544</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>13</v>
+        <v>330</v>
       </c>
       <c r="F219" s="3"/>
       <c r="G219" s="3"/>
       <c r="H219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C220" s="3">
-        <v>10459068339</v>
+        <v>20601312361</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>13</v>
+        <v>332</v>
       </c>
       <c r="F220" s="3"/>
       <c r="G220" s="3"/>
       <c r="H220" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C221" s="3">
-        <v>20610136827</v>
+        <v>41350764</v>
       </c>
       <c r="D221" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E221" s="3"/>
       <c r="F221" s="3"/>
       <c r="G221" s="3"/>
       <c r="H221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C222" s="3">
-        <v>20607557731</v>
+        <v>21356483</v>
       </c>
       <c r="D222" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E222" s="3"/>
       <c r="F222" s="3"/>
       <c r="G222" s="3"/>
       <c r="H222" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C223" s="3">
-        <v>31014649</v>
+        <v>31006243</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E223" s="3"/>
       <c r="F223" s="3"/>
       <c r="G223" s="3"/>
       <c r="H223" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C224" s="3">
-        <v>73333733</v>
+        <v>31031209</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E224" s="3"/>
       <c r="F224" s="3"/>
       <c r="G224" s="3"/>
       <c r="H224" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C225" s="3">
-        <v>20608920391</v>
+        <v>35327711</v>
       </c>
       <c r="D225" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E225" s="3"/>
       <c r="F225" s="3"/>
       <c r="G225" s="3"/>
       <c r="H225" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>338</v>
       </c>
       <c r="C226" s="3">
-        <v>20461112227</v>
+        <v>31537233</v>
       </c>
       <c r="D226" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E226" s="3"/>
       <c r="F226" s="3"/>
       <c r="G226" s="3"/>
       <c r="H226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="C227" s="3">
+        <v>20600618025</v>
+      </c>
+      <c r="D227" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>340</v>
-      </c>
-[...7 lines deleted...]
-        <v>341</v>
       </c>
       <c r="F227" s="3"/>
       <c r="G227" s="3"/>
       <c r="H227" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C228" s="3">
-        <v>20607919365</v>
+        <v>70096767</v>
       </c>
       <c r="D228" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E228" s="3"/>
       <c r="F228" s="3"/>
       <c r="G228" s="3"/>
       <c r="H228" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C229" s="3">
-        <v>20607993476</v>
+        <v>31009273</v>
       </c>
       <c r="D229" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E229" s="3"/>
       <c r="F229" s="3"/>
       <c r="G229" s="3"/>
       <c r="H229" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="C230" s="3">
-        <v>20606350466</v>
+        <v>20527141762</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="F230" s="3"/>
       <c r="G230" s="3"/>
       <c r="H230" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>349</v>
+        <v>345</v>
+      </c>
+      <c r="C231" s="3">
+        <v>10313019930</v>
       </c>
       <c r="D231" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E231" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F231" s="3"/>
       <c r="G231" s="3"/>
       <c r="H231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C232" s="3">
-        <v>10420486061</v>
+        <v>10459068339</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F232" s="3"/>
       <c r="G232" s="3"/>
       <c r="H232" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C233" s="3">
-        <v>20601028175</v>
+        <v>20610136827</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="F233" s="3"/>
       <c r="G233" s="3"/>
       <c r="H233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="C234" s="3">
-        <v>23838460</v>
+        <v>20607557731</v>
       </c>
       <c r="D234" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E234" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>350</v>
+      </c>
       <c r="F234" s="3"/>
       <c r="G234" s="3"/>
       <c r="H234" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="C235" s="3">
-        <v>46688385</v>
+        <v>31014649</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E235" s="3"/>
       <c r="F235" s="3"/>
       <c r="G235" s="3"/>
       <c r="H235" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="C236" s="3">
-        <v>10473424253</v>
+        <v>73333733</v>
       </c>
       <c r="D236" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E236" s="3"/>
       <c r="F236" s="3"/>
       <c r="G236" s="3"/>
       <c r="H236" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="C237" s="3">
-        <v>10072367371</v>
+        <v>20608920391</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>13</v>
+        <v>354</v>
       </c>
       <c r="F237" s="3"/>
       <c r="G237" s="3"/>
       <c r="H237" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C238" s="3">
-        <v>46320109</v>
+        <v>20461112227</v>
       </c>
       <c r="D238" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E238" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>356</v>
+      </c>
       <c r="F238" s="3"/>
       <c r="G238" s="3"/>
       <c r="H238" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C239" s="3">
+        <v>20609247364</v>
+      </c>
+      <c r="D239" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="C239" s="3">
-[...5 lines deleted...]
-      <c r="E239" s="3"/>
       <c r="F239" s="3"/>
       <c r="G239" s="3"/>
       <c r="H239" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C240" s="3">
-        <v>20609486407</v>
+        <v>20607919365</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>360</v>
       </c>
       <c r="F240" s="3"/>
       <c r="G240" s="3"/>
       <c r="H240" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C241" s="3">
-        <v>20206666</v>
+        <v>20607993476</v>
       </c>
       <c r="D241" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>362</v>
       </c>
       <c r="F241" s="3"/>
       <c r="G241" s="3"/>
       <c r="H241" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C242" s="3">
-        <v>20527004269</v>
+        <v>20606350466</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>364</v>
       </c>
       <c r="F242" s="3"/>
       <c r="G242" s="3"/>
       <c r="H242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="C243" s="3">
-        <v>20232860767</v>
+      <c r="C243" s="3" t="s">
+        <v>366</v>
       </c>
       <c r="D243" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E243" s="3"/>
       <c r="F243" s="3"/>
       <c r="G243" s="3"/>
       <c r="H243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C244" s="3">
-        <v>10440064898</v>
+        <v>43816298</v>
       </c>
       <c r="D244" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E244" s="3"/>
       <c r="F244" s="3"/>
       <c r="G244" s="3"/>
       <c r="H244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C245" s="3">
-        <v>10614372341</v>
+        <v>10420486061</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F245" s="3"/>
       <c r="G245" s="3"/>
       <c r="H245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C246" s="3">
-        <v>31024249</v>
+        <v>20601028175</v>
       </c>
       <c r="D246" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E246" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>370</v>
+      </c>
       <c r="F246" s="3"/>
       <c r="G246" s="3"/>
       <c r="H246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C247" s="3">
-        <v>20564115267</v>
+        <v>23838460</v>
       </c>
       <c r="D247" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E247" s="3"/>
       <c r="F247" s="3"/>
       <c r="G247" s="3"/>
       <c r="H247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C248" s="3">
-        <v>42837007</v>
+        <v>46688385</v>
       </c>
       <c r="D248" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E248" s="3"/>
       <c r="F248" s="3"/>
       <c r="G248" s="3"/>
       <c r="H248" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C249" s="3">
-        <v>31006676</v>
+        <v>10473424253</v>
       </c>
       <c r="D249" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E249" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E249" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F249" s="3"/>
       <c r="G249" s="3"/>
       <c r="H249" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C250" s="3">
-        <v>31003460</v>
+        <v>10312201</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E250" s="3"/>
       <c r="F250" s="3"/>
       <c r="G250" s="3"/>
       <c r="H250" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>375</v>
       </c>
       <c r="C251" s="3">
-        <v>12200000</v>
+        <v>10072367371</v>
       </c>
       <c r="D251" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>376</v>
+        <v>13</v>
       </c>
       <c r="F251" s="3"/>
       <c r="G251" s="3"/>
       <c r="H251" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="C252" s="3">
-        <v>31131365</v>
+        <v>46320109</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E252" s="3"/>
       <c r="F252" s="3"/>
       <c r="G252" s="3"/>
       <c r="H252" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="C253" s="3">
-        <v>23940252</v>
+        <v>31522403</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E253" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E253" s="3"/>
       <c r="F253" s="3"/>
       <c r="G253" s="3"/>
       <c r="H253" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C254" s="3">
-        <v>31052266</v>
+        <v>20609486407</v>
       </c>
       <c r="D254" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="F254" s="3"/>
       <c r="G254" s="3"/>
       <c r="H254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="C255" s="3">
-        <v>31036910</v>
+        <v>20206666</v>
       </c>
       <c r="D255" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E255" s="3"/>
+      <c r="E255" s="3" t="s">
+        <v>381</v>
+      </c>
       <c r="F255" s="3"/>
       <c r="G255" s="3"/>
       <c r="H255" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C256" s="3">
+        <v>20527004269</v>
+      </c>
+      <c r="D256" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>383</v>
-      </c>
-[...7 lines deleted...]
-        <v>384</v>
       </c>
       <c r="F256" s="3"/>
       <c r="G256" s="3"/>
       <c r="H256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="C257" s="3">
+        <v>20232860767</v>
+      </c>
+      <c r="D257" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="C257" s="3">
-[...5 lines deleted...]
-      <c r="E257" s="3"/>
       <c r="F257" s="3"/>
       <c r="G257" s="3"/>
       <c r="H257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C258" s="3">
-        <v>23563245</v>
+        <v>10440064898</v>
       </c>
       <c r="D258" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E258" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F258" s="3"/>
       <c r="G258" s="3"/>
       <c r="H258" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C259" s="3">
-        <v>54141000</v>
+        <v>10614372341</v>
       </c>
       <c r="D259" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>388</v>
+        <v>13</v>
       </c>
       <c r="F259" s="3"/>
       <c r="G259" s="3"/>
       <c r="H259" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="C260" s="3">
-        <v>45055404</v>
+        <v>31024249</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E260" s="3"/>
       <c r="F260" s="3"/>
       <c r="G260" s="3"/>
       <c r="H260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C261" s="3">
+        <v>20564115267</v>
+      </c>
+      <c r="D261" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="C261" s="3">
-[...5 lines deleted...]
-      <c r="E261" s="3"/>
       <c r="F261" s="3"/>
       <c r="G261" s="3"/>
       <c r="H261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C262" s="3">
-        <v>35011042</v>
+        <v>10310400756</v>
       </c>
       <c r="D262" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E262" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F262" s="3"/>
       <c r="G262" s="3"/>
       <c r="H262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C263" s="3">
-        <v>31029404</v>
+        <v>42837007</v>
       </c>
       <c r="D263" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E263" s="3"/>
       <c r="F263" s="3"/>
       <c r="G263" s="3"/>
       <c r="H263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C264" s="3">
-        <v>30109940</v>
+        <v>31006676</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E264" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E264" s="3"/>
       <c r="F264" s="3"/>
       <c r="G264" s="3"/>
       <c r="H264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C265" s="3">
-        <v>33102940</v>
+        <v>31003460</v>
       </c>
       <c r="D265" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E265" s="3"/>
       <c r="F265" s="3"/>
       <c r="G265" s="3"/>
       <c r="H265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C266" s="3">
-        <v>20501040</v>
+        <v>12200000</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E266" s="3"/>
+      <c r="E266" s="3" t="s">
+        <v>396</v>
+      </c>
       <c r="F266" s="3"/>
       <c r="G266" s="3"/>
       <c r="H266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C267" s="3">
-        <v>16420000</v>
+        <v>31131365</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E267" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E267" s="3"/>
       <c r="F267" s="3"/>
       <c r="G267" s="3"/>
       <c r="H267" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C268" s="3">
-        <v>54009000</v>
+        <v>23940252</v>
       </c>
       <c r="D268" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E268" s="3"/>
+      <c r="E268" s="3" t="s">
+        <v>399</v>
+      </c>
       <c r="F268" s="3"/>
       <c r="G268" s="3"/>
       <c r="H268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C269" s="3">
-        <v>44811063</v>
+        <v>31052266</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E269" s="3"/>
+      <c r="E269" s="3" t="s">
+        <v>401</v>
+      </c>
       <c r="F269" s="3"/>
       <c r="G269" s="3"/>
       <c r="H269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="C270" s="3">
-        <v>23812480</v>
+        <v>31036910</v>
       </c>
       <c r="D270" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E270" s="3"/>
       <c r="F270" s="3"/>
       <c r="G270" s="3"/>
       <c r="H270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C271" s="3">
-        <v>24512544</v>
+        <v>31032283</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E271" s="3"/>
+      <c r="E271" s="3" t="s">
+        <v>404</v>
+      </c>
       <c r="F271" s="3"/>
       <c r="G271" s="3"/>
       <c r="H271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C272" s="3">
-        <v>31054212</v>
+        <v>41128736</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E272" s="3"/>
       <c r="F272" s="3"/>
       <c r="G272" s="3"/>
       <c r="H272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>406</v>
+      </c>
+      <c r="C273" s="3">
+        <v>23563245</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E273" s="3"/>
       <c r="F273" s="3"/>
       <c r="G273" s="3"/>
       <c r="H273" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="C274" s="3">
-        <v>35478888</v>
+        <v>54141000</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E274" s="3"/>
+      <c r="E274" s="3" t="s">
+        <v>408</v>
+      </c>
       <c r="F274" s="3"/>
       <c r="G274" s="3"/>
       <c r="H274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C275" s="3">
-        <v>45822116</v>
+        <v>45055404</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E275" s="3"/>
       <c r="F275" s="3"/>
       <c r="G275" s="3"/>
       <c r="H275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>410</v>
+      </c>
+      <c r="C276" s="3">
+        <v>35011042</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E276" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E276" s="3"/>
       <c r="F276" s="3"/>
       <c r="G276" s="3"/>
       <c r="H276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C277" s="3">
-        <v>25326525</v>
+        <v>31029404</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E277" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E277" s="3"/>
       <c r="F277" s="3"/>
       <c r="G277" s="3"/>
       <c r="H277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C278" s="3">
-        <v>20111157058</v>
+        <v>91025252</v>
       </c>
       <c r="D278" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E278" s="3"/>
       <c r="F278" s="3"/>
       <c r="G278" s="3"/>
       <c r="H278" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="C279" s="3">
-        <v>41001732</v>
+        <v>33102940</v>
       </c>
       <c r="D279" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E279" s="3"/>
       <c r="F279" s="3"/>
       <c r="G279" s="3"/>
       <c r="H279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="C280" s="3">
-        <v>31013784</v>
+        <v>31005971</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E280" s="3"/>
       <c r="F280" s="3"/>
       <c r="G280" s="3"/>
       <c r="H280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C281" s="3">
-        <v>20527722064</v>
+        <v>30109940</v>
       </c>
       <c r="D281" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="F281" s="3"/>
       <c r="G281" s="3"/>
       <c r="H281" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="C282" s="3">
-        <v>20392777190</v>
+        <v>20501040</v>
       </c>
       <c r="D282" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E282" s="3"/>
       <c r="F282" s="3"/>
       <c r="G282" s="3"/>
       <c r="H282" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="C283" s="3">
-        <v>20600759478</v>
+        <v>16420000</v>
       </c>
       <c r="D283" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="F283" s="3"/>
       <c r="G283" s="3"/>
       <c r="H283" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C284" s="3">
-        <v>20603324502</v>
+        <v>54009000</v>
       </c>
       <c r="D284" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E284" s="3"/>
       <c r="F284" s="3"/>
       <c r="G284" s="3"/>
       <c r="H284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="C285" s="3">
-        <v>45433972</v>
+        <v>44811063</v>
       </c>
       <c r="D285" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E285" s="3"/>
       <c r="F285" s="3"/>
       <c r="G285" s="3"/>
       <c r="H285" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C286" s="3">
-        <v>20450534073</v>
+        <v>23812480</v>
       </c>
       <c r="D286" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E286" s="3"/>
       <c r="F286" s="3"/>
       <c r="G286" s="3"/>
       <c r="H286" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="C287" s="3">
-        <v>20601809878</v>
+        <v>24512544</v>
       </c>
       <c r="D287" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E287" s="3"/>
       <c r="F287" s="3"/>
       <c r="G287" s="3"/>
       <c r="H287" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-        <v>428</v>
+        <v>420</v>
+      </c>
+      <c r="C288" s="3">
+        <v>31054212</v>
       </c>
       <c r="D288" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E288" s="3"/>
       <c r="F288" s="3"/>
       <c r="G288" s="3"/>
       <c r="H288" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>20490093568</v>
+        <v>421</v>
+      </c>
+      <c r="C289" s="3" t="s">
+        <v>422</v>
       </c>
       <c r="D289" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E289" s="3"/>
       <c r="F289" s="3"/>
       <c r="G289" s="3"/>
       <c r="H289" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
       <c r="C290" s="3">
-        <v>31031893</v>
+        <v>35478888</v>
       </c>
       <c r="D290" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E290" s="3"/>
       <c r="F290" s="3"/>
       <c r="G290" s="3"/>
       <c r="H290" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>424</v>
+      </c>
+      <c r="C291" s="3">
+        <v>45822116</v>
       </c>
       <c r="D291" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E291" s="3"/>
       <c r="F291" s="3"/>
       <c r="G291" s="3"/>
       <c r="H291" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>434</v>
+        <v>425</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>435</v>
+        <v>426</v>
       </c>
       <c r="D292" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>436</v>
+        <v>427</v>
       </c>
       <c r="F292" s="3"/>
       <c r="G292" s="3"/>
       <c r="H292" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="C293" s="3">
-        <v>31005971</v>
+        <v>25326525</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E293" s="3"/>
+      <c r="E293" s="3" t="s">
+        <v>429</v>
+      </c>
       <c r="F293" s="3"/>
       <c r="G293" s="3"/>
       <c r="H293" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>430</v>
+      </c>
+      <c r="C294" s="3">
+        <v>20111157058</v>
       </c>
       <c r="D294" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>440</v>
+        <v>431</v>
       </c>
       <c r="F294" s="3"/>
       <c r="G294" s="3"/>
       <c r="H294" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>441</v>
+        <v>432</v>
       </c>
       <c r="C295" s="3">
-        <v>20301053623</v>
+        <v>41001732</v>
       </c>
       <c r="D295" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E295" s="3"/>
       <c r="F295" s="3"/>
       <c r="G295" s="3"/>
       <c r="H295" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="C296" s="3">
-        <v>20131369981</v>
+        <v>31013784</v>
       </c>
       <c r="D296" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E296" s="3"/>
       <c r="F296" s="3"/>
       <c r="G296" s="3"/>
       <c r="H296" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>445</v>
+        <v>434</v>
       </c>
       <c r="C297" s="3">
-        <v>20550716675</v>
+        <v>20527722064</v>
       </c>
       <c r="D297" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>446</v>
+        <v>435</v>
       </c>
       <c r="F297" s="3"/>
       <c r="G297" s="3"/>
       <c r="H297" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="C298" s="3">
-        <v>20563983176</v>
+        <v>20392777190</v>
       </c>
       <c r="D298" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>448</v>
+        <v>437</v>
       </c>
       <c r="F298" s="3"/>
       <c r="G298" s="3"/>
       <c r="H298" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>449</v>
+        <v>438</v>
       </c>
       <c r="C299" s="3">
-        <v>20609962055</v>
+        <v>20600759478</v>
       </c>
       <c r="D299" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="F299" s="3"/>
       <c r="G299" s="3"/>
       <c r="H299" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>451</v>
+        <v>440</v>
       </c>
       <c r="C300" s="3">
-        <v>20490098799</v>
+        <v>20603324502</v>
       </c>
       <c r="D300" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="F300" s="3"/>
       <c r="G300" s="3"/>
       <c r="H300" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="C301" s="3">
-        <v>20564288528</v>
+        <v>45433972</v>
       </c>
       <c r="D301" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E301" s="3"/>
       <c r="F301" s="3"/>
       <c r="G301" s="3"/>
       <c r="H301" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>455</v>
+        <v>443</v>
       </c>
       <c r="C302" s="3">
-        <v>20600154291</v>
+        <v>20450534073</v>
       </c>
       <c r="D302" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>456</v>
+        <v>444</v>
       </c>
       <c r="F302" s="3"/>
       <c r="G302" s="3"/>
       <c r="H302" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>457</v>
+        <v>445</v>
       </c>
       <c r="C303" s="3">
-        <v>20564271714</v>
+        <v>20601809878</v>
       </c>
       <c r="D303" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>458</v>
+        <v>446</v>
       </c>
       <c r="F303" s="3"/>
       <c r="G303" s="3"/>
       <c r="H303" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>80302108</v>
+        <v>447</v>
+      </c>
+      <c r="C304" s="3" t="s">
+        <v>448</v>
       </c>
       <c r="D304" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E304" s="3"/>
       <c r="F304" s="3"/>
       <c r="G304" s="3"/>
       <c r="H304" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>460</v>
+        <v>449</v>
       </c>
       <c r="C305" s="3">
-        <v>31040648</v>
+        <v>20490093568</v>
       </c>
       <c r="D305" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E305" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>450</v>
+      </c>
       <c r="F305" s="3"/>
       <c r="G305" s="3"/>
       <c r="H305" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="C306" s="3">
-        <v>31038530</v>
+        <v>31031893</v>
       </c>
       <c r="D306" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E306" s="3"/>
       <c r="F306" s="3"/>
       <c r="G306" s="3"/>
       <c r="H306" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>31176369</v>
+        <v>452</v>
+      </c>
+      <c r="C307" s="3" t="s">
+        <v>453</v>
       </c>
       <c r="D307" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E307" s="3"/>
       <c r="F307" s="3"/>
       <c r="G307" s="3"/>
       <c r="H307" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-        <v>42370399</v>
+        <v>454</v>
+      </c>
+      <c r="C308" s="3" t="s">
+        <v>455</v>
       </c>
       <c r="D308" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E308" s="3"/>
+      <c r="E308" s="3" t="s">
+        <v>456</v>
+      </c>
       <c r="F308" s="3"/>
       <c r="G308" s="3"/>
       <c r="H308" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>31000579</v>
+        <v>457</v>
+      </c>
+      <c r="C309" s="3" t="s">
+        <v>458</v>
       </c>
       <c r="D309" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E309" s="3"/>
+      <c r="E309" s="3" t="s">
+        <v>459</v>
+      </c>
       <c r="F309" s="3"/>
       <c r="G309" s="3"/>
       <c r="H309" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="C310" s="3">
-        <v>31053894</v>
+        <v>20301053623</v>
       </c>
       <c r="D310" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="F310" s="3"/>
       <c r="G310" s="3"/>
       <c r="H310" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="C311" s="3">
-        <v>31038329</v>
+        <v>20131369981</v>
       </c>
       <c r="D311" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E311" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>463</v>
+      </c>
       <c r="F311" s="3"/>
       <c r="G311" s="3"/>
       <c r="H311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="C312" s="3">
-        <v>10200003</v>
+        <v>20550716675</v>
       </c>
       <c r="D312" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E312" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>465</v>
+      </c>
       <c r="F312" s="3"/>
       <c r="G312" s="3"/>
       <c r="H312" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="C313" s="3">
-        <v>31013653</v>
+        <v>20490793624</v>
       </c>
       <c r="D313" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E313" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>467</v>
+      </c>
       <c r="F313" s="3"/>
       <c r="G313" s="3"/>
       <c r="H313" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="C314" s="3">
-        <v>41927921</v>
+        <v>20563983176</v>
       </c>
       <c r="D314" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E314" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>469</v>
+      </c>
       <c r="F314" s="3"/>
       <c r="G314" s="3"/>
       <c r="H314" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="C315" s="3">
+        <v>20609962055</v>
+      </c>
+      <c r="D315" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="C315" s="3">
-[...5 lines deleted...]
-      <c r="E315" s="3"/>
       <c r="F315" s="3"/>
       <c r="G315" s="3"/>
       <c r="H315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C316" s="3">
-        <v>46408181</v>
+        <v>20490098799</v>
       </c>
       <c r="D316" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E316" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>473</v>
+      </c>
       <c r="F316" s="3"/>
       <c r="G316" s="3"/>
       <c r="H316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C317" s="3">
-        <v>43414281</v>
+        <v>20564288528</v>
       </c>
       <c r="D317" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E317" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>475</v>
+      </c>
       <c r="F317" s="3"/>
       <c r="G317" s="3"/>
       <c r="H317" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C318" s="3">
-        <v>70224804</v>
+        <v>20600154291</v>
       </c>
       <c r="D318" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E318" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>477</v>
+      </c>
       <c r="F318" s="3"/>
       <c r="G318" s="3"/>
       <c r="H318" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C319" s="3">
-        <v>25014035</v>
+        <v>20564271714</v>
       </c>
       <c r="D319" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E319" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>479</v>
+      </c>
       <c r="F319" s="3"/>
       <c r="G319" s="3"/>
       <c r="H319" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C320" s="3">
-        <v>46081927</v>
+        <v>80302108</v>
       </c>
       <c r="D320" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E320" s="3"/>
       <c r="F320" s="3"/>
       <c r="G320" s="3"/>
       <c r="H320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="C321" s="3">
-        <v>70036140</v>
+        <v>31040648</v>
       </c>
       <c r="D321" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E321" s="3"/>
       <c r="F321" s="3"/>
       <c r="G321" s="3"/>
       <c r="H321" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C322" s="3">
-        <v>31002596</v>
+        <v>31038530</v>
       </c>
       <c r="D322" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E322" s="3"/>
       <c r="F322" s="3"/>
       <c r="G322" s="3"/>
       <c r="H322" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="C323" s="3">
-        <v>45101976</v>
+        <v>31176369</v>
       </c>
       <c r="D323" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E323" s="3"/>
       <c r="F323" s="3"/>
       <c r="G323" s="3"/>
       <c r="H323" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C324" s="3">
-        <v>29677252</v>
+        <v>42370399</v>
       </c>
       <c r="D324" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E324" s="3"/>
       <c r="F324" s="3"/>
       <c r="G324" s="3"/>
       <c r="H324" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="C325" s="3">
-        <v>31027012</v>
+        <v>31000579</v>
       </c>
       <c r="D325" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E325" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E325" s="3"/>
       <c r="F325" s="3"/>
       <c r="G325" s="3"/>
       <c r="H325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="C326" s="3">
-        <v>43658901</v>
+        <v>31053894</v>
       </c>
       <c r="D326" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E326" s="3"/>
+      <c r="E326" s="3" t="s">
+        <v>487</v>
+      </c>
       <c r="F326" s="3"/>
       <c r="G326" s="3"/>
       <c r="H326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C327" s="3">
-        <v>42489535</v>
+        <v>31038329</v>
       </c>
       <c r="D327" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E327" s="3"/>
       <c r="F327" s="3"/>
       <c r="G327" s="3"/>
       <c r="H327" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="C328" s="3">
-        <v>47050253</v>
+        <v>10200003</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E328" s="3"/>
       <c r="F328" s="3"/>
       <c r="G328" s="3"/>
       <c r="H328" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="C329" s="3">
-        <v>31014930</v>
+        <v>31013653</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E329" s="3"/>
       <c r="F329" s="3"/>
       <c r="G329" s="3"/>
       <c r="H329" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="C330" s="3">
-        <v>41212762</v>
+        <v>41927921</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E330" s="3"/>
       <c r="F330" s="3"/>
       <c r="G330" s="3"/>
       <c r="H330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="C331" s="3">
-        <v>31001119</v>
+        <v>31009496</v>
       </c>
       <c r="D331" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E331" s="3"/>
       <c r="F331" s="3"/>
       <c r="G331" s="3"/>
       <c r="H331" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C332" s="3">
-        <v>20607071978</v>
+        <v>46408181</v>
       </c>
       <c r="D332" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E332" s="3"/>
       <c r="F332" s="3"/>
       <c r="G332" s="3"/>
       <c r="H332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="C333" s="3">
-        <v>31010514</v>
+        <v>43414281</v>
       </c>
       <c r="D333" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E333" s="3"/>
       <c r="F333" s="3"/>
       <c r="G333" s="3"/>
       <c r="H333" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-        <v>492</v>
+        <v>495</v>
+      </c>
+      <c r="C334" s="3">
+        <v>70224804</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E334" s="3"/>
       <c r="F334" s="3"/>
       <c r="G334" s="3"/>
       <c r="H334" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C335" s="3">
-        <v>71334042</v>
+        <v>25014035</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E335" s="3"/>
       <c r="F335" s="3"/>
       <c r="G335" s="3"/>
       <c r="H335" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>497</v>
+      </c>
+      <c r="C336" s="3">
+        <v>46081927</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E336" s="3"/>
       <c r="F336" s="3"/>
       <c r="G336" s="3"/>
       <c r="H336" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="C337" s="3">
-        <v>31012701</v>
+        <v>41701748</v>
       </c>
       <c r="D337" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E337" s="3"/>
       <c r="F337" s="3"/>
       <c r="G337" s="3"/>
       <c r="H337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C338" s="3">
-        <v>31024659</v>
+        <v>70036140</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E338" s="3"/>
       <c r="F338" s="3"/>
       <c r="G338" s="3"/>
       <c r="H338" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C339" s="3">
-        <v>31008986</v>
+        <v>31002596</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E339" s="3"/>
       <c r="F339" s="3"/>
       <c r="G339" s="3"/>
       <c r="H339" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C340" s="3">
-        <v>31008552</v>
+        <v>45101976</v>
       </c>
       <c r="D340" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E340" s="3"/>
       <c r="F340" s="3"/>
       <c r="G340" s="3"/>
       <c r="H340" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C341" s="3">
-        <v>31039151</v>
+        <v>29677252</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E341" s="3"/>
       <c r="F341" s="3"/>
       <c r="G341" s="3"/>
       <c r="H341" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C342" s="3">
-        <v>29278821</v>
+        <v>31027012</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E342" s="3"/>
+      <c r="E342" s="3" t="s">
+        <v>415</v>
+      </c>
       <c r="F342" s="3"/>
       <c r="G342" s="3"/>
       <c r="H342" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C343" s="3">
-        <v>31002598</v>
+        <v>43658901</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E343" s="3"/>
       <c r="F343" s="3"/>
       <c r="G343" s="3"/>
       <c r="H343" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-        <v>504</v>
+        <v>505</v>
+      </c>
+      <c r="C344" s="3">
+        <v>42489535</v>
       </c>
       <c r="D344" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E344" s="3"/>
       <c r="F344" s="3"/>
       <c r="G344" s="3"/>
       <c r="H344" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C345" s="3">
-        <v>45175820</v>
+        <v>47050253</v>
       </c>
       <c r="D345" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E345" s="3"/>
       <c r="F345" s="3"/>
       <c r="G345" s="3"/>
       <c r="H345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C346" s="3">
-        <v>31036604</v>
+        <v>31014930</v>
       </c>
       <c r="D346" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E346" s="3"/>
       <c r="F346" s="3"/>
       <c r="G346" s="3"/>
       <c r="H346" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>507</v>
-[...1 lines deleted...]
-      <c r="C347" s="3" t="s">
         <v>508</v>
+      </c>
+      <c r="C347" s="3">
+        <v>41212762</v>
       </c>
       <c r="D347" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E347" s="3"/>
       <c r="F347" s="3"/>
       <c r="G347" s="3"/>
       <c r="H347" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>509</v>
       </c>
       <c r="C348" s="3">
-        <v>41955585</v>
+        <v>31001119</v>
       </c>
       <c r="D348" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E348" s="3"/>
       <c r="F348" s="3"/>
       <c r="G348" s="3"/>
       <c r="H348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>510</v>
       </c>
       <c r="C349" s="3">
-        <v>13298537</v>
+        <v>20607071978</v>
       </c>
       <c r="D349" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E349" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E349" s="3" t="s">
+        <v>511</v>
+      </c>
       <c r="F349" s="3"/>
       <c r="G349" s="3"/>
       <c r="H349" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="C350" s="3" t="s">
         <v>512</v>
+      </c>
+      <c r="C350" s="3">
+        <v>31010514</v>
       </c>
       <c r="D350" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E350" s="3"/>
       <c r="F350" s="3"/>
       <c r="G350" s="3"/>
       <c r="H350" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="C351" s="3">
-        <v>62077095</v>
+      <c r="C351" s="3" t="s">
+        <v>514</v>
       </c>
       <c r="D351" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E351" s="3"/>
       <c r="F351" s="3"/>
       <c r="G351" s="3"/>
       <c r="H351" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C352" s="3">
-        <v>31028832</v>
+        <v>44870026</v>
       </c>
       <c r="D352" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E352" s="3"/>
       <c r="F352" s="3"/>
       <c r="G352" s="3"/>
       <c r="H352" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C353" s="3">
-        <v>20605156631</v>
+        <v>71334042</v>
       </c>
       <c r="D353" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E353" s="3"/>
       <c r="F353" s="3"/>
       <c r="G353" s="3"/>
       <c r="H353" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>517</v>
       </c>
-      <c r="C354" s="3">
-        <v>76960265</v>
+      <c r="C354" s="3" t="s">
+        <v>518</v>
       </c>
       <c r="D354" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E354" s="3"/>
       <c r="F354" s="3"/>
       <c r="G354" s="3"/>
       <c r="H354" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C355" s="3">
-        <v>76839516</v>
+        <v>31012701</v>
       </c>
       <c r="D355" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E355" s="3"/>
       <c r="F355" s="3"/>
       <c r="G355" s="3"/>
       <c r="H355" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C356" s="3">
-        <v>20603412355</v>
+        <v>31024659</v>
       </c>
       <c r="D356" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E356" s="3"/>
       <c r="F356" s="3"/>
       <c r="G356" s="3"/>
       <c r="H356" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>521</v>
       </c>
       <c r="C357" s="3">
-        <v>20603376324</v>
+        <v>31008986</v>
       </c>
       <c r="D357" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E357" s="3"/>
       <c r="F357" s="3"/>
       <c r="G357" s="3"/>
       <c r="H357" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="C358" s="3">
-        <v>23818863</v>
+        <v>31008552</v>
       </c>
       <c r="D358" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E358" s="3"/>
       <c r="F358" s="3"/>
       <c r="G358" s="3"/>
       <c r="H358" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="C359" s="3">
-        <v>20603969627</v>
+        <v>31039151</v>
       </c>
       <c r="D359" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E359" s="3"/>
       <c r="F359" s="3"/>
       <c r="G359" s="3"/>
       <c r="H359" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="C360" s="3">
-        <v>10469922176</v>
+        <v>29278821</v>
       </c>
       <c r="D360" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E360" s="3"/>
       <c r="F360" s="3"/>
       <c r="G360" s="3"/>
       <c r="H360" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="C361" s="3">
-        <v>10422418992</v>
+        <v>31002598</v>
       </c>
       <c r="D361" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E361" s="3"/>
       <c r="F361" s="3"/>
       <c r="G361" s="3"/>
       <c r="H361" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-        <v>31040304</v>
+        <v>526</v>
+      </c>
+      <c r="C362" s="3" t="s">
+        <v>527</v>
       </c>
       <c r="D362" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E362" s="3"/>
       <c r="F362" s="3"/>
       <c r="G362" s="3"/>
       <c r="H362" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="C363" s="3">
-        <v>10659840</v>
+        <v>45175820</v>
       </c>
       <c r="D363" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E363" s="3"/>
       <c r="F363" s="3"/>
       <c r="G363" s="3"/>
       <c r="H363" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="C364" s="3">
-        <v>41656132</v>
+        <v>31036604</v>
       </c>
       <c r="D364" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E364" s="3"/>
       <c r="F364" s="3"/>
       <c r="G364" s="3"/>
       <c r="H364" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="C365" s="3" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>76572783</v>
       </c>
       <c r="D365" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E365" s="3"/>
       <c r="F365" s="3"/>
       <c r="G365" s="3"/>
       <c r="H365" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C366" s="3">
-        <v>31004189</v>
+        <v>41955585</v>
       </c>
       <c r="D366" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E366" s="3"/>
       <c r="F366" s="3"/>
       <c r="G366" s="3"/>
       <c r="H366" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C367" s="3">
-        <v>20606333219</v>
+        <v>13298537</v>
       </c>
       <c r="D367" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E367" s="3"/>
       <c r="F367" s="3"/>
       <c r="G367" s="3"/>
       <c r="H367" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="C368" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="C368" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D368" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E368" s="3"/>
       <c r="F368" s="3"/>
       <c r="G368" s="3"/>
       <c r="H368" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="3">
         <v>367</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="C369" s="3">
-        <v>20610117474</v>
+        <v>62077095</v>
       </c>
       <c r="D369" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E369" s="3"/>
       <c r="F369" s="3"/>
       <c r="G369" s="3"/>
       <c r="H369" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="3">
         <v>368</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="C370" s="3">
-        <v>10442777735</v>
+        <v>31028832</v>
       </c>
       <c r="D370" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E370" s="3"/>
       <c r="F370" s="3"/>
       <c r="G370" s="3"/>
       <c r="H370" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="C371" s="3">
-        <v>31405820</v>
+        <v>20605156631</v>
       </c>
       <c r="D371" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E371" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>539</v>
+      </c>
       <c r="F371" s="3"/>
       <c r="G371" s="3"/>
       <c r="H371" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="C372" s="3">
-        <v>45243354</v>
+        <v>76960265</v>
       </c>
       <c r="D372" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E372" s="3"/>
       <c r="F372" s="3"/>
       <c r="G372" s="3"/>
       <c r="H372" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="C373" s="3">
-        <v>70169193</v>
+        <v>76839516</v>
       </c>
       <c r="D373" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E373" s="3"/>
       <c r="F373" s="3"/>
       <c r="G373" s="3"/>
       <c r="H373" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="C374" s="3">
+        <v>20603412355</v>
+      </c>
+      <c r="D374" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E374" s="3" t="s">
         <v>543</v>
       </c>
-      <c r="C374" s="3">
-[...5 lines deleted...]
-      <c r="E374" s="3"/>
       <c r="F374" s="3"/>
       <c r="G374" s="3"/>
       <c r="H374" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>544</v>
       </c>
       <c r="C375" s="3">
-        <v>31302021</v>
+        <v>20603376324</v>
       </c>
       <c r="D375" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E375" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E375" s="3" t="s">
+        <v>545</v>
+      </c>
       <c r="F375" s="3"/>
       <c r="G375" s="3"/>
       <c r="H375" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C376" s="3">
-        <v>42037442</v>
+        <v>23818863</v>
       </c>
       <c r="D376" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E376" s="3"/>
       <c r="F376" s="3"/>
       <c r="G376" s="3"/>
       <c r="H376" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C377" s="3">
-        <v>20609524368</v>
+        <v>20603969627</v>
       </c>
       <c r="D377" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F377" s="3"/>
       <c r="G377" s="3"/>
       <c r="H377" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C378" s="3">
-        <v>73484531</v>
+        <v>10469922176</v>
       </c>
       <c r="D378" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E378" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E378" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F378" s="3"/>
       <c r="G378" s="3"/>
       <c r="H378" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C379" s="3">
-        <v>42482449</v>
+        <v>10422418992</v>
       </c>
       <c r="D379" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E379" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F379" s="3"/>
       <c r="G379" s="3"/>
       <c r="H379" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C380" s="3">
-        <v>20101298851</v>
+        <v>31040304</v>
       </c>
       <c r="D380" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E380" s="3"/>
       <c r="F380" s="3"/>
       <c r="G380" s="3"/>
       <c r="H380" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>552</v>
       </c>
-      <c r="C381" s="3" t="s">
-        <v>553</v>
+      <c r="C381" s="3">
+        <v>10659840</v>
       </c>
       <c r="D381" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E381" s="3"/>
       <c r="F381" s="3"/>
       <c r="G381" s="3"/>
       <c r="H381" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="C382" s="3">
-        <v>40020729</v>
+        <v>41656132</v>
       </c>
       <c r="D382" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E382" s="3"/>
       <c r="F382" s="3"/>
       <c r="G382" s="3"/>
       <c r="H382" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="3">
         <v>381</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="C383" s="3">
-        <v>40797108</v>
+        <v>76572783</v>
       </c>
       <c r="D383" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E383" s="3"/>
       <c r="F383" s="3"/>
       <c r="G383" s="3"/>
       <c r="H383" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="3">
         <v>382</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="C384" s="3">
-        <v>31028843</v>
+        <v>31004189</v>
       </c>
       <c r="D384" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E384" s="3"/>
       <c r="F384" s="3"/>
       <c r="G384" s="3"/>
       <c r="H384" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="3">
         <v>383</v>
       </c>
       <c r="B385" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="C385" s="3">
+        <v>20606333219</v>
+      </c>
+      <c r="D385" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E385" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="C385" s="3">
-[...5 lines deleted...]
-      <c r="E385" s="3"/>
       <c r="F385" s="3"/>
       <c r="G385" s="3"/>
       <c r="H385" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>558</v>
       </c>
       <c r="C386" s="3">
-        <v>31363942</v>
+        <v>20564334732</v>
       </c>
       <c r="D386" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E386" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E386" s="3" t="s">
+        <v>559</v>
+      </c>
       <c r="F386" s="3"/>
       <c r="G386" s="3"/>
       <c r="H386" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="3">
         <v>385</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C387" s="3">
-        <v>31001167</v>
+        <v>20610117474</v>
       </c>
       <c r="D387" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E387" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E387" s="3" t="s">
+        <v>561</v>
+      </c>
       <c r="F387" s="3"/>
       <c r="G387" s="3"/>
       <c r="H387" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C388" s="3">
-        <v>31006172</v>
+        <v>10442777735</v>
       </c>
       <c r="D388" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E388" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E388" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F388" s="3"/>
       <c r="G388" s="3"/>
       <c r="H388" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C389" s="3">
-        <v>20051459</v>
+        <v>31405820</v>
       </c>
       <c r="D389" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E389" s="3"/>
       <c r="F389" s="3"/>
       <c r="G389" s="3"/>
       <c r="H389" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C390" s="3">
-        <v>30856384</v>
+        <v>45243354</v>
       </c>
       <c r="D390" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E390" s="3"/>
       <c r="F390" s="3"/>
       <c r="G390" s="3"/>
       <c r="H390" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C391" s="3">
-        <v>43866872</v>
+        <v>70169193</v>
       </c>
       <c r="D391" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E391" s="3"/>
       <c r="F391" s="3"/>
       <c r="G391" s="3"/>
       <c r="H391" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C392" s="3">
-        <v>47697441</v>
+        <v>47043124</v>
       </c>
       <c r="D392" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E392" s="3"/>
       <c r="F392" s="3"/>
       <c r="G392" s="3"/>
       <c r="H392" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C393" s="3">
-        <v>40409723</v>
+        <v>31302021</v>
       </c>
       <c r="D393" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E393" s="3"/>
       <c r="F393" s="3"/>
       <c r="G393" s="3"/>
       <c r="H393" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="C394" s="3">
-        <v>10310368003</v>
+        <v>42037442</v>
       </c>
       <c r="D394" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E394" s="3"/>
       <c r="F394" s="3"/>
       <c r="G394" s="3"/>
       <c r="H394" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C395" s="3">
-        <v>31030506</v>
+        <v>20609524368</v>
       </c>
       <c r="D395" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E395" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E395" s="3" t="s">
+        <v>570</v>
+      </c>
       <c r="F395" s="3"/>
       <c r="G395" s="3"/>
       <c r="H395" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="C396" s="3">
-        <v>31002033</v>
+        <v>73484531</v>
       </c>
       <c r="D396" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E396" s="3"/>
       <c r="F396" s="3"/>
       <c r="G396" s="3"/>
       <c r="H396" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>570</v>
+        <v>572</v>
+      </c>
+      <c r="C397" s="3">
+        <v>42482449</v>
       </c>
       <c r="D397" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E397" s="3"/>
       <c r="F397" s="3"/>
       <c r="G397" s="3"/>
       <c r="H397" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C398" s="3">
-        <v>31038265</v>
+        <v>20101298851</v>
       </c>
       <c r="D398" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E398" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E398" s="3" t="s">
+        <v>574</v>
+      </c>
       <c r="F398" s="3"/>
       <c r="G398" s="3"/>
       <c r="H398" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>20610820671</v>
+        <v>575</v>
+      </c>
+      <c r="C399" s="3" t="s">
+        <v>576</v>
       </c>
       <c r="D399" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E399" s="3"/>
       <c r="F399" s="3"/>
       <c r="G399" s="3"/>
       <c r="H399" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="C400" s="3">
-        <v>31005949</v>
+        <v>40020729</v>
       </c>
       <c r="D400" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E400" s="3"/>
       <c r="F400" s="3"/>
       <c r="G400" s="3"/>
       <c r="H400" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="C401" s="3">
-        <v>31014761</v>
+        <v>40797108</v>
       </c>
       <c r="D401" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E401" s="3"/>
       <c r="F401" s="3"/>
       <c r="G401" s="3"/>
       <c r="H401" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="C402" s="3">
-        <v>20601690790</v>
+        <v>31028843</v>
       </c>
       <c r="D402" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E402" s="3"/>
       <c r="F402" s="3"/>
       <c r="G402" s="3"/>
       <c r="H402" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C403" s="3">
-        <v>10310117175</v>
+        <v>31038758</v>
       </c>
       <c r="D403" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E403" s="3"/>
       <c r="F403" s="3"/>
       <c r="G403" s="3"/>
       <c r="H403" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="3">
         <v>402</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-        <v>31012288</v>
+        <v>581</v>
+      </c>
+      <c r="C404" s="3" t="s">
+        <v>582</v>
       </c>
       <c r="D404" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E404" s="3"/>
       <c r="F404" s="3"/>
       <c r="G404" s="3"/>
       <c r="H404" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-        <v>581</v>
+        <v>583</v>
+      </c>
+      <c r="C405" s="3">
+        <v>31363942</v>
       </c>
       <c r="D405" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E405" s="3"/>
       <c r="F405" s="3"/>
       <c r="G405" s="3"/>
       <c r="H405" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="3">
         <v>404</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C406" s="3">
-        <v>10704234282</v>
+        <v>31001167</v>
       </c>
       <c r="D406" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E406" s="3"/>
       <c r="F406" s="3"/>
       <c r="G406" s="3"/>
       <c r="H406" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="3">
         <v>405</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C407" s="3">
-        <v>20608170635</v>
+        <v>31006172</v>
       </c>
       <c r="D407" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E407" s="3"/>
       <c r="F407" s="3"/>
       <c r="G407" s="3"/>
       <c r="H407" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C408" s="3">
-        <v>20603731108</v>
+        <v>20051459</v>
       </c>
       <c r="D408" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E408" s="3"/>
       <c r="F408" s="3"/>
       <c r="G408" s="3"/>
       <c r="H408" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>587</v>
       </c>
       <c r="C409" s="3">
-        <v>20537630222</v>
+        <v>30856384</v>
       </c>
       <c r="D409" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E409" s="3"/>
       <c r="F409" s="3"/>
       <c r="G409" s="3"/>
       <c r="H409" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="3">
         <v>408</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>590</v>
+        <v>588</v>
+      </c>
+      <c r="C410" s="3">
+        <v>43866872</v>
       </c>
       <c r="D410" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E410" s="3"/>
       <c r="F410" s="3"/>
       <c r="G410" s="3"/>
       <c r="H410" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="3">
         <v>409</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="C411" s="3">
-        <v>20601322642</v>
+        <v>47697441</v>
       </c>
       <c r="D411" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E411" s="3"/>
       <c r="F411" s="3"/>
       <c r="G411" s="3"/>
       <c r="H411" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="3">
         <v>410</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="C412" s="3">
-        <v>48558380</v>
+        <v>40409723</v>
       </c>
       <c r="D412" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E412" s="3"/>
       <c r="F412" s="3"/>
       <c r="G412" s="3"/>
       <c r="H412" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="3">
         <v>411</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="C413" s="3">
-        <v>47095780</v>
+        <v>20601747023</v>
       </c>
       <c r="D413" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E413" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>592</v>
+      </c>
       <c r="F413" s="3"/>
       <c r="G413" s="3"/>
       <c r="H413" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="3">
         <v>412</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="C414" s="3">
-        <v>80191621</v>
+        <v>10310368003</v>
       </c>
       <c r="D414" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E414" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F414" s="3"/>
       <c r="G414" s="3"/>
       <c r="H414" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="3">
         <v>413</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="C415" s="3">
-        <v>10107531624</v>
+        <v>31030506</v>
       </c>
       <c r="D415" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E415" s="3"/>
       <c r="F415" s="3"/>
       <c r="G415" s="3"/>
       <c r="H415" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="3">
         <v>414</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="C416" s="3">
-        <v>20609314797</v>
+        <v>31002033</v>
       </c>
       <c r="D416" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E416" s="3"/>
       <c r="F416" s="3"/>
       <c r="G416" s="3"/>
       <c r="H416" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="3">
         <v>415</v>
       </c>
       <c r="B417" s="3" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-        <v>20606621842</v>
+        <v>596</v>
+      </c>
+      <c r="C417" s="3" t="s">
+        <v>597</v>
       </c>
       <c r="D417" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E417" s="3"/>
       <c r="F417" s="3"/>
       <c r="G417" s="3"/>
       <c r="H417" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="3">
         <v>416</v>
       </c>
       <c r="B418" s="3" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="C418" s="3">
-        <v>20606087731</v>
+        <v>31038265</v>
       </c>
       <c r="D418" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E418" s="3"/>
       <c r="F418" s="3"/>
       <c r="G418" s="3"/>
       <c r="H418" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="3">
         <v>417</v>
       </c>
       <c r="B419" s="3" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="C419" s="3">
-        <v>20195966649</v>
+        <v>20610820671</v>
       </c>
       <c r="D419" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="F419" s="3"/>
       <c r="G419" s="3"/>
       <c r="H419" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="3">
         <v>418</v>
       </c>
       <c r="B420" s="3" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="C420" s="3">
-        <v>20219345004</v>
+        <v>31005949</v>
       </c>
       <c r="D420" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E420" s="3"/>
       <c r="F420" s="3"/>
       <c r="G420" s="3"/>
       <c r="H420" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="3">
         <v>419</v>
       </c>
       <c r="B421" s="3" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="C421" s="3">
-        <v>20192088772</v>
+        <v>31014761</v>
       </c>
       <c r="D421" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E421" s="3"/>
       <c r="F421" s="3"/>
       <c r="G421" s="3"/>
       <c r="H421" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="3">
         <v>420</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="C422" s="3">
-        <v>24512578</v>
+        <v>20601690790</v>
       </c>
       <c r="D422" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="F422" s="3"/>
       <c r="G422" s="3"/>
       <c r="H422" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="3">
         <v>421</v>
       </c>
       <c r="B423" s="3" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="C423" s="3">
-        <v>20148182788</v>
+        <v>10310117175</v>
       </c>
       <c r="D423" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>612</v>
+        <v>13</v>
       </c>
       <c r="F423" s="3"/>
       <c r="G423" s="3"/>
       <c r="H423" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="3">
         <v>422</v>
       </c>
       <c r="B424" s="3" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="C424" s="3">
-        <v>31025469</v>
+        <v>31012288</v>
       </c>
       <c r="D424" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E424" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E424" s="3"/>
       <c r="F424" s="3"/>
       <c r="G424" s="3"/>
       <c r="H424" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="3">
         <v>423</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>10310073232</v>
+        <v>607</v>
+      </c>
+      <c r="C425" s="3" t="s">
+        <v>608</v>
       </c>
       <c r="D425" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E425" s="3"/>
       <c r="F425" s="3"/>
       <c r="G425" s="3"/>
       <c r="H425" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="3">
         <v>424</v>
       </c>
       <c r="B426" s="3" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="C426" s="3">
-        <v>42029544</v>
+        <v>10704234282</v>
       </c>
       <c r="D426" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E426" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E426" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F426" s="3"/>
       <c r="G426" s="3"/>
       <c r="H426" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="3">
         <v>425</v>
       </c>
       <c r="B427" s="3" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="C427" s="3">
-        <v>31343245</v>
+        <v>20608170635</v>
       </c>
       <c r="D427" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E427" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E427" s="3" t="s">
+        <v>611</v>
+      </c>
       <c r="F427" s="3"/>
       <c r="G427" s="3"/>
       <c r="H427" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="C428" s="3">
-        <v>31041494</v>
+        <v>20603731108</v>
       </c>
       <c r="D428" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E428" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E428" s="3" t="s">
+        <v>613</v>
+      </c>
       <c r="F428" s="3"/>
       <c r="G428" s="3"/>
       <c r="H428" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="3">
         <v>427</v>
       </c>
       <c r="B429" s="3" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
       <c r="C429" s="3">
-        <v>45437258</v>
+        <v>20537630222</v>
       </c>
       <c r="D429" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E429" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E429" s="3" t="s">
+        <v>615</v>
+      </c>
       <c r="F429" s="3"/>
       <c r="G429" s="3"/>
       <c r="H429" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="3">
         <v>428</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-        <v>31301993</v>
+        <v>616</v>
+      </c>
+      <c r="C430" s="3" t="s">
+        <v>617</v>
       </c>
       <c r="D430" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E430" s="3"/>
       <c r="F430" s="3"/>
       <c r="G430" s="3"/>
       <c r="H430" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="3">
         <v>429</v>
       </c>
       <c r="B431" s="3" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="C431" s="3">
-        <v>71107263</v>
+        <v>20601322642</v>
       </c>
       <c r="D431" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E431" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E431" s="3" t="s">
+        <v>619</v>
+      </c>
       <c r="F431" s="3"/>
       <c r="G431" s="3"/>
       <c r="H431" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="3">
         <v>430</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="C432" s="3">
-        <v>77040571</v>
+        <v>48558380</v>
       </c>
       <c r="D432" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E432" s="3"/>
       <c r="F432" s="3"/>
       <c r="G432" s="3"/>
       <c r="H432" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="3">
         <v>431</v>
       </c>
       <c r="B433" s="3" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="C433" s="3">
-        <v>31024338</v>
+        <v>47095780</v>
       </c>
       <c r="D433" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E433" s="3"/>
       <c r="F433" s="3"/>
       <c r="G433" s="3"/>
       <c r="H433" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="3">
         <v>432</v>
       </c>
       <c r="B434" s="3" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="C434" s="3">
-        <v>31039726</v>
+        <v>80191621</v>
       </c>
       <c r="D434" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E434" s="3"/>
       <c r="F434" s="3"/>
       <c r="G434" s="3"/>
       <c r="H434" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="3">
         <v>433</v>
       </c>
       <c r="B435" s="3" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="C435" s="3">
-        <v>70745684</v>
+        <v>10107531624</v>
       </c>
       <c r="D435" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E435" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E435" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F435" s="3"/>
       <c r="G435" s="3"/>
       <c r="H435" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="3">
         <v>434</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="C436" s="3">
-        <v>10310023707</v>
+        <v>20609314797</v>
       </c>
       <c r="D436" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>13</v>
+        <v>625</v>
       </c>
       <c r="F436" s="3"/>
       <c r="G436" s="3"/>
       <c r="H436" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="3">
         <v>435</v>
       </c>
       <c r="B437" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="C437" s="3">
+        <v>20606621842</v>
+      </c>
+      <c r="D437" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E437" s="3" t="s">
         <v>627</v>
-      </c>
-[...7 lines deleted...]
-        <v>628</v>
       </c>
       <c r="F437" s="3"/>
       <c r="G437" s="3"/>
       <c r="H437" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="3">
         <v>436</v>
       </c>
       <c r="B438" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="C438" s="3">
+        <v>20606087731</v>
+      </c>
+      <c r="D438" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>629</v>
       </c>
-      <c r="C438" s="3">
-[...5 lines deleted...]
-      <c r="E438" s="3"/>
       <c r="F438" s="3"/>
       <c r="G438" s="3"/>
       <c r="H438" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="3">
         <v>437</v>
       </c>
       <c r="B439" s="3" t="s">
         <v>630</v>
       </c>
       <c r="C439" s="3">
-        <v>20199911563</v>
+        <v>20195966649</v>
       </c>
       <c r="D439" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E439" s="3" t="s">
         <v>631</v>
       </c>
       <c r="F439" s="3"/>
       <c r="G439" s="3"/>
       <c r="H439" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="3">
         <v>438</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>632</v>
       </c>
       <c r="C440" s="3">
-        <v>10463995066</v>
+        <v>20219345004</v>
       </c>
       <c r="D440" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>13</v>
+        <v>633</v>
       </c>
       <c r="F440" s="3"/>
       <c r="G440" s="3"/>
       <c r="H440" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="3">
         <v>439</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C441" s="3">
-        <v>10310071949</v>
+        <v>20192088772</v>
       </c>
       <c r="D441" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>13</v>
+        <v>635</v>
       </c>
       <c r="F441" s="3"/>
       <c r="G441" s="3"/>
       <c r="H441" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="3">
         <v>440</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C442" s="3">
-        <v>10315442490</v>
+        <v>24512578</v>
       </c>
       <c r="D442" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>13</v>
+        <v>637</v>
       </c>
       <c r="F442" s="3"/>
       <c r="G442" s="3"/>
       <c r="H442" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="3">
         <v>441</v>
       </c>
       <c r="B443" s="3" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="C443" s="3">
-        <v>10442213378</v>
+        <v>20148182788</v>
       </c>
       <c r="D443" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>13</v>
+        <v>639</v>
       </c>
       <c r="F443" s="3"/>
       <c r="G443" s="3"/>
       <c r="H443" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="3">
         <v>442</v>
       </c>
       <c r="B444" s="3" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="C444" s="3">
-        <v>80072550</v>
+        <v>31025469</v>
       </c>
       <c r="D444" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E444" s="3"/>
+      <c r="E444" s="3" t="s">
+        <v>641</v>
+      </c>
       <c r="F444" s="3"/>
       <c r="G444" s="3"/>
       <c r="H444" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="3">
         <v>443</v>
       </c>
       <c r="B445" s="3" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="C445" s="3">
-        <v>10310402848</v>
+        <v>10310073232</v>
       </c>
       <c r="D445" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F445" s="3"/>
       <c r="G445" s="3"/>
       <c r="H445" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="3">
         <v>444</v>
       </c>
       <c r="B446" s="3" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="C446" s="3">
-        <v>42219517</v>
+        <v>42029544</v>
       </c>
       <c r="D446" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E446" s="3"/>
       <c r="F446" s="3"/>
       <c r="G446" s="3"/>
       <c r="H446" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="3">
         <v>445</v>
       </c>
       <c r="B447" s="3" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="C447" s="3">
-        <v>42811803</v>
+        <v>31343245</v>
       </c>
       <c r="D447" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E447" s="3"/>
       <c r="F447" s="3"/>
       <c r="G447" s="3"/>
       <c r="H447" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="3">
         <v>446</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="C448" s="3">
-        <v>40505562</v>
+        <v>31041494</v>
       </c>
       <c r="D448" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E448" s="3"/>
       <c r="F448" s="3"/>
       <c r="G448" s="3"/>
       <c r="H448" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="3">
         <v>447</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="C449" s="3">
-        <v>10476604422</v>
+        <v>45437258</v>
       </c>
       <c r="D449" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E449" s="3"/>
       <c r="F449" s="3"/>
       <c r="G449" s="3"/>
       <c r="H449" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="3">
         <v>448</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="C450" s="3">
-        <v>41842491</v>
+        <v>31301993</v>
       </c>
       <c r="D450" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E450" s="3"/>
       <c r="F450" s="3"/>
       <c r="G450" s="3"/>
       <c r="H450" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="3">
         <v>449</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="C451" s="3">
-        <v>46626691</v>
+        <v>71107263</v>
       </c>
       <c r="D451" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E451" s="3"/>
       <c r="F451" s="3"/>
       <c r="G451" s="3"/>
       <c r="H451" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="3">
         <v>450</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="C452" s="3">
-        <v>10310327722</v>
+        <v>77040571</v>
       </c>
       <c r="D452" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E452" s="3"/>
       <c r="F452" s="3"/>
       <c r="G452" s="3"/>
       <c r="H452" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="3">
         <v>451</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="C453" s="3">
-        <v>10310354355</v>
+        <v>31024338</v>
       </c>
       <c r="D453" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E453" s="3"/>
       <c r="F453" s="3"/>
       <c r="G453" s="3"/>
       <c r="H453" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="3">
         <v>452</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="C454" s="3">
-        <v>10462895483</v>
+        <v>31039726</v>
       </c>
       <c r="D454" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E454" s="3"/>
       <c r="F454" s="3"/>
       <c r="G454" s="3"/>
       <c r="H454" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="3">
         <v>453</v>
       </c>
       <c r="B455" s="3" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="C455" s="3">
-        <v>10400779738</v>
+        <v>70745684</v>
       </c>
       <c r="D455" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E455" s="3"/>
       <c r="F455" s="3"/>
       <c r="G455" s="3"/>
       <c r="H455" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="3">
         <v>454</v>
       </c>
       <c r="B456" s="3" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="C456" s="3">
-        <v>40918646</v>
+        <v>10310023707</v>
       </c>
       <c r="D456" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E456" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E456" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F456" s="3"/>
       <c r="G456" s="3"/>
       <c r="H456" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="3">
         <v>455</v>
       </c>
       <c r="B457" s="3" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="C457" s="3">
-        <v>72392177</v>
+        <v>10422278384</v>
       </c>
       <c r="D457" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E457" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E457" s="3" t="s">
+        <v>655</v>
+      </c>
       <c r="F457" s="3"/>
       <c r="G457" s="3"/>
       <c r="H457" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="3">
         <v>456</v>
       </c>
       <c r="B458" s="3" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="C458" s="3">
-        <v>31011438</v>
+        <v>46130922</v>
       </c>
       <c r="D458" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E458" s="3"/>
       <c r="F458" s="3"/>
       <c r="G458" s="3"/>
       <c r="H458" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="3">
         <v>457</v>
       </c>
       <c r="B459" s="3" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="C459" s="3">
-        <v>10452469681</v>
+        <v>20199911563</v>
       </c>
       <c r="D459" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>13</v>
+        <v>658</v>
       </c>
       <c r="F459" s="3"/>
       <c r="G459" s="3"/>
       <c r="H459" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="3">
         <v>458</v>
       </c>
       <c r="B460" s="3" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="C460" s="3">
-        <v>10310084005</v>
+        <v>10463995066</v>
       </c>
       <c r="D460" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E460" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F460" s="3"/>
       <c r="G460" s="3"/>
       <c r="H460" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="3">
         <v>459</v>
       </c>
       <c r="B461" s="3" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="C461" s="3">
-        <v>44843342</v>
+        <v>10310071949</v>
       </c>
       <c r="D461" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E461" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E461" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F461" s="3"/>
       <c r="G461" s="3"/>
       <c r="H461" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="3">
         <v>460</v>
       </c>
       <c r="B462" s="3" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="C462" s="3">
-        <v>40330747</v>
+        <v>10315442490</v>
       </c>
       <c r="D462" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E462" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E462" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F462" s="3"/>
       <c r="G462" s="3"/>
       <c r="H462" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="3">
         <v>461</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="C463" s="3">
-        <v>20405060</v>
+        <v>10442213378</v>
       </c>
       <c r="D463" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E463" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E463" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F463" s="3"/>
       <c r="G463" s="3"/>
       <c r="H463" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="3">
         <v>462</v>
       </c>
       <c r="B464" s="3" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="C464" s="3">
-        <v>31036671</v>
+        <v>80072550</v>
       </c>
       <c r="D464" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E464" s="3"/>
       <c r="F464" s="3"/>
       <c r="G464" s="3"/>
       <c r="H464" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="3">
         <v>463</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="C465" s="3">
-        <v>10426767215</v>
+        <v>10310402848</v>
       </c>
       <c r="D465" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E465" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F465" s="3"/>
       <c r="G465" s="3"/>
       <c r="H465" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="3">
         <v>464</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="C466" s="3">
-        <v>10310393644</v>
+        <v>42219517</v>
       </c>
       <c r="D466" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E466" s="3"/>
       <c r="F466" s="3"/>
       <c r="G466" s="3"/>
       <c r="H466" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="3">
         <v>465</v>
       </c>
       <c r="B467" s="3" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="C467" s="3">
-        <v>10238670476</v>
+        <v>42811803</v>
       </c>
       <c r="D467" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E467" s="3"/>
       <c r="F467" s="3"/>
       <c r="G467" s="3"/>
       <c r="H467" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="3">
         <v>466</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="C468" s="3">
-        <v>10744002228</v>
+        <v>40505562</v>
       </c>
       <c r="D468" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E468" s="3"/>
       <c r="F468" s="3"/>
       <c r="G468" s="3"/>
       <c r="H468" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="3">
         <v>467</v>
       </c>
       <c r="B469" s="3" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="C469" s="3">
-        <v>25215087</v>
+        <v>10476604422</v>
       </c>
       <c r="D469" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E469" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E469" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F469" s="3"/>
       <c r="G469" s="3"/>
       <c r="H469" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="3">
         <v>468</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C470" s="3">
-        <v>20607131351</v>
+        <v>41842491</v>
       </c>
       <c r="D470" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E470" s="3"/>
       <c r="F470" s="3"/>
       <c r="G470" s="3"/>
       <c r="H470" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="3">
         <v>469</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="C471" s="3">
-        <v>20608427172</v>
+        <v>46626691</v>
       </c>
       <c r="D471" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E471" s="3"/>
       <c r="F471" s="3"/>
       <c r="G471" s="3"/>
       <c r="H471" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="3">
         <v>470</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="C472" s="3">
-        <v>40127350</v>
+        <v>10310327722</v>
       </c>
       <c r="D472" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>667</v>
+        <v>13</v>
       </c>
       <c r="F472" s="3"/>
       <c r="G472" s="3"/>
       <c r="H472" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="3">
         <v>471</v>
       </c>
       <c r="B473" s="3" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="C473" s="3">
-        <v>10718309196</v>
+        <v>10310354355</v>
       </c>
       <c r="D473" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E473" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F473" s="3"/>
       <c r="G473" s="3"/>
       <c r="H473" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="3">
         <v>472</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C474" s="3">
-        <v>10310425694</v>
+        <v>10462895483</v>
       </c>
       <c r="D474" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E474" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F474" s="3"/>
       <c r="G474" s="3"/>
       <c r="H474" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="3">
         <v>473</v>
       </c>
       <c r="B475" s="3" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="C475" s="3">
-        <v>31024333</v>
+        <v>10400779738</v>
       </c>
       <c r="D475" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E475" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E475" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F475" s="3"/>
       <c r="G475" s="3"/>
       <c r="H475" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="3">
         <v>474</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="C476" s="3">
-        <v>31359318</v>
+        <v>40918646</v>
       </c>
       <c r="D476" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E476" s="3"/>
       <c r="F476" s="3"/>
       <c r="G476" s="3"/>
       <c r="H476" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="3">
         <v>475</v>
       </c>
       <c r="B477" s="3" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="C477" s="3">
-        <v>20601803501</v>
+        <v>72392177</v>
       </c>
       <c r="D477" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E477" s="3"/>
       <c r="F477" s="3"/>
       <c r="G477" s="3"/>
       <c r="H477" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="3">
         <v>476</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C478" s="3">
-        <v>44744130</v>
+        <v>31011438</v>
       </c>
       <c r="D478" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E478" s="3"/>
       <c r="F478" s="3"/>
       <c r="G478" s="3"/>
       <c r="H478" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="3">
         <v>477</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="C479" s="3">
-        <v>20399954682</v>
+        <v>10452469681</v>
       </c>
       <c r="D479" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>676</v>
+        <v>13</v>
       </c>
       <c r="F479" s="3"/>
       <c r="G479" s="3"/>
       <c r="H479" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="3">
         <v>478</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C480" s="3">
-        <v>20608944533</v>
+        <v>10310084005</v>
       </c>
       <c r="D480" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>678</v>
+        <v>13</v>
       </c>
       <c r="F480" s="3"/>
       <c r="G480" s="3"/>
       <c r="H480" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="3">
         <v>479</v>
       </c>
       <c r="B481" s="3" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C481" s="3">
-        <v>20524605903</v>
+        <v>44843342</v>
       </c>
       <c r="D481" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E481" s="3"/>
       <c r="F481" s="3"/>
       <c r="G481" s="3"/>
       <c r="H481" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="3">
         <v>480</v>
       </c>
       <c r="B482" s="3" t="s">
         <v>681</v>
       </c>
       <c r="C482" s="3">
-        <v>20603716834</v>
+        <v>40330747</v>
       </c>
       <c r="D482" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E482" s="3"/>
       <c r="F482" s="3"/>
       <c r="G482" s="3"/>
       <c r="H482" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="3">
         <v>481</v>
       </c>
       <c r="B483" s="3" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-        <v>684</v>
+        <v>682</v>
+      </c>
+      <c r="C483" s="3">
+        <v>20405060</v>
       </c>
       <c r="D483" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E483" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E483" s="3"/>
       <c r="F483" s="3"/>
       <c r="G483" s="3"/>
       <c r="H483" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="3">
         <v>482</v>
       </c>
       <c r="B484" s="3" t="s">
         <v>683</v>
       </c>
       <c r="C484" s="3">
-        <v>31078560</v>
+        <v>31036671</v>
       </c>
       <c r="D484" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E484" s="3"/>
       <c r="F484" s="3"/>
       <c r="G484" s="3"/>
       <c r="H484" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="3">
         <v>483</v>
       </c>
       <c r="B485" s="3" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-        <v>686</v>
+        <v>684</v>
+      </c>
+      <c r="C485" s="3">
+        <v>10426767215</v>
       </c>
       <c r="D485" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E485" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E485" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F485" s="3"/>
       <c r="G485" s="3"/>
       <c r="H485" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="3">
         <v>484</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-        <v>687</v>
+        <v>685</v>
+      </c>
+      <c r="C486" s="3">
+        <v>10310393644</v>
       </c>
       <c r="D486" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E486" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E486" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F486" s="3"/>
       <c r="G486" s="3"/>
       <c r="H486" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="3">
         <v>485</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="C487" s="3">
-        <v>20000982</v>
+        <v>10238670476</v>
       </c>
       <c r="D487" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E487" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E487" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F487" s="3"/>
       <c r="G487" s="3"/>
       <c r="H487" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="3">
         <v>486</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-        <v>689</v>
+        <v>687</v>
+      </c>
+      <c r="C488" s="3">
+        <v>10744002228</v>
       </c>
       <c r="D488" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>395</v>
+        <v>13</v>
       </c>
       <c r="F488" s="3"/>
       <c r="G488" s="3"/>
       <c r="H488" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="3">
         <v>487</v>
       </c>
       <c r="B489" s="3" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="C489" s="3">
-        <v>42642544</v>
+        <v>25215087</v>
       </c>
       <c r="D489" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E489" s="3"/>
       <c r="F489" s="3"/>
       <c r="G489" s="3"/>
       <c r="H489" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="3">
         <v>488</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="C490" s="3">
-        <v>10762346562</v>
+        <v>20607131351</v>
       </c>
       <c r="D490" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>13</v>
+        <v>690</v>
       </c>
       <c r="F490" s="3"/>
       <c r="G490" s="3"/>
       <c r="H490" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="3">
         <v>489</v>
       </c>
       <c r="B491" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="C491" s="3">
+        <v>20608427172</v>
+      </c>
+      <c r="D491" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E491" s="3" t="s">
         <v>692</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F491" s="3"/>
       <c r="G491" s="3"/>
       <c r="H491" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="3">
         <v>490</v>
       </c>
       <c r="B492" s="3" t="s">
         <v>693</v>
       </c>
       <c r="C492" s="3">
-        <v>10480015083</v>
+        <v>40127350</v>
       </c>
       <c r="D492" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>13</v>
+        <v>694</v>
       </c>
       <c r="F492" s="3"/>
       <c r="G492" s="3"/>
       <c r="H492" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="3">
         <v>491</v>
       </c>
       <c r="B493" s="3" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C493" s="3">
-        <v>10706708087</v>
+        <v>10718309196</v>
       </c>
       <c r="D493" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E493" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F493" s="3"/>
       <c r="G493" s="3"/>
       <c r="H493" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="3">
         <v>492</v>
       </c>
       <c r="B494" s="3" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C494" s="3">
-        <v>10310437676</v>
+        <v>10310425694</v>
       </c>
       <c r="D494" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E494" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F494" s="3"/>
       <c r="G494" s="3"/>
       <c r="H494" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="3">
         <v>493</v>
       </c>
       <c r="B495" s="3" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C495" s="3">
-        <v>10425613524</v>
+        <v>31024333</v>
       </c>
       <c r="D495" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E495" s="3"/>
       <c r="F495" s="3"/>
       <c r="G495" s="3"/>
       <c r="H495" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="3">
         <v>494</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C496" s="3">
-        <v>41202596</v>
+        <v>31359318</v>
       </c>
       <c r="D496" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E496" s="3"/>
       <c r="F496" s="3"/>
       <c r="G496" s="3"/>
       <c r="H496" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="3">
         <v>495</v>
       </c>
       <c r="B497" s="3" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C497" s="3">
-        <v>10310401434</v>
+        <v>20601803501</v>
       </c>
       <c r="D497" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F497" s="3"/>
       <c r="G497" s="3"/>
       <c r="H497" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="3">
         <v>496</v>
       </c>
       <c r="B498" s="3" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C498" s="3">
-        <v>42569349</v>
+        <v>44744130</v>
       </c>
       <c r="D498" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E498" s="3"/>
       <c r="F498" s="3"/>
       <c r="G498" s="3"/>
       <c r="H498" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="3">
         <v>497</v>
       </c>
       <c r="B499" s="3" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C499" s="3">
-        <v>23845418</v>
+        <v>20399954682</v>
       </c>
       <c r="D499" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E499" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E499" s="3" t="s">
+        <v>703</v>
+      </c>
       <c r="F499" s="3"/>
       <c r="G499" s="3"/>
       <c r="H499" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="3">
         <v>498</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C500" s="3">
-        <v>42211987</v>
+        <v>20608944533</v>
       </c>
       <c r="D500" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E500" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E500" s="3" t="s">
+        <v>705</v>
+      </c>
       <c r="F500" s="3"/>
       <c r="G500" s="3"/>
       <c r="H500" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="3">
         <v>499</v>
       </c>
       <c r="B501" s="3" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="C501" s="3">
-        <v>31000384</v>
+        <v>20524605903</v>
       </c>
       <c r="D501" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E501" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E501" s="3" t="s">
+        <v>707</v>
+      </c>
       <c r="F501" s="3"/>
       <c r="G501" s="3"/>
       <c r="H501" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="3">
         <v>500</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C502" s="3">
-        <v>20606055952</v>
+        <v>20603716834</v>
       </c>
       <c r="D502" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E502" s="3"/>
+      <c r="E502" s="3" t="s">
+        <v>709</v>
+      </c>
       <c r="F502" s="3"/>
       <c r="G502" s="3"/>
       <c r="H502" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="3">
         <v>501</v>
       </c>
       <c r="B503" s="3" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="C503" s="3">
-        <v>20606055952</v>
+        <v>20000982</v>
       </c>
       <c r="D503" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E503" s="3"/>
       <c r="F503" s="3"/>
       <c r="G503" s="3"/>
       <c r="H503" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="3">
         <v>502</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-        <v>20602001602</v>
+        <v>710</v>
+      </c>
+      <c r="C504" s="3" t="s">
+        <v>711</v>
       </c>
       <c r="D504" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E504" s="3"/>
       <c r="F504" s="3"/>
       <c r="G504" s="3"/>
       <c r="H504" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="3">
         <v>503</v>
       </c>
       <c r="B505" s="3" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C505" s="3">
-        <v>47559774</v>
+        <v>31078560</v>
       </c>
       <c r="D505" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E505" s="3"/>
       <c r="F505" s="3"/>
       <c r="G505" s="3"/>
       <c r="H505" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="3">
         <v>504</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-        <v>73064522</v>
+        <v>710</v>
+      </c>
+      <c r="C506" s="3" t="s">
+        <v>712</v>
       </c>
       <c r="D506" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E506" s="3"/>
+      <c r="E506" s="3" t="s">
+        <v>713</v>
+      </c>
       <c r="F506" s="3"/>
       <c r="G506" s="3"/>
       <c r="H506" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="3">
         <v>505</v>
       </c>
       <c r="B507" s="3" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-        <v>80121701</v>
+        <v>714</v>
+      </c>
+      <c r="C507" s="3" t="s">
+        <v>715</v>
       </c>
       <c r="D507" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E507" s="3"/>
+      <c r="E507" s="3" t="s">
+        <v>415</v>
+      </c>
       <c r="F507" s="3"/>
       <c r="G507" s="3"/>
       <c r="H507" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="3">
         <v>506</v>
       </c>
       <c r="B508" s="3" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="C508" s="3">
-        <v>61575213</v>
+        <v>42642544</v>
       </c>
       <c r="D508" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E508" s="3"/>
       <c r="F508" s="3"/>
       <c r="G508" s="3"/>
       <c r="H508" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="3">
         <v>507</v>
       </c>
       <c r="B509" s="3" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="C509" s="3">
-        <v>80019514</v>
+        <v>10762346562</v>
       </c>
       <c r="D509" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E509" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E509" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F509" s="3"/>
       <c r="G509" s="3"/>
       <c r="H509" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="3">
         <v>508</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="C510" s="3">
-        <v>10076423283</v>
+        <v>10806227647</v>
       </c>
       <c r="D510" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E510" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F510" s="3"/>
       <c r="G510" s="3"/>
       <c r="H510" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="3">
         <v>509</v>
       </c>
       <c r="B511" s="3" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="C511" s="3">
-        <v>10069383918</v>
+        <v>10480015083</v>
       </c>
       <c r="D511" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E511" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F511" s="3"/>
       <c r="G511" s="3"/>
       <c r="H511" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="3">
         <v>510</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="C512" s="3">
-        <v>20490893254</v>
+        <v>10706708087</v>
       </c>
       <c r="D512" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>716</v>
+        <v>13</v>
       </c>
       <c r="F512" s="3"/>
       <c r="G512" s="3"/>
       <c r="H512" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="3">
         <v>511</v>
       </c>
       <c r="B513" s="3" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="C513" s="3">
-        <v>47589451</v>
+        <v>10310437676</v>
       </c>
       <c r="D513" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E513" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E513" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F513" s="3"/>
       <c r="G513" s="3"/>
       <c r="H513" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="3">
         <v>512</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="C514" s="3">
-        <v>10310045361</v>
+        <v>10425613524</v>
       </c>
       <c r="D514" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E514" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F514" s="3"/>
       <c r="G514" s="3"/>
       <c r="H514" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="3">
         <v>513</v>
       </c>
       <c r="B515" s="3" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="C515" s="3">
-        <v>23982306</v>
+        <v>41202596</v>
       </c>
       <c r="D515" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E515" s="3"/>
       <c r="F515" s="3"/>
       <c r="G515" s="3"/>
       <c r="H515" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="3">
         <v>514</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="C516" s="3">
-        <v>20601330645</v>
+        <v>10310401434</v>
       </c>
       <c r="D516" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="F516" s="3"/>
       <c r="G516" s="3"/>
       <c r="H516" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="3">
         <v>515</v>
       </c>
       <c r="B517" s="3" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C517" s="3">
-        <v>10310343264</v>
+        <v>42569349</v>
       </c>
       <c r="D517" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E517" s="3"/>
       <c r="F517" s="3"/>
       <c r="G517" s="3"/>
       <c r="H517" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="3">
         <v>516</v>
       </c>
       <c r="B518" s="3" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="C518" s="3">
-        <v>10393253</v>
+        <v>23845418</v>
       </c>
       <c r="D518" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E518" s="3"/>
       <c r="F518" s="3"/>
       <c r="G518" s="3"/>
       <c r="H518" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="3">
         <v>517</v>
       </c>
       <c r="B519" s="3" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="C519" s="3">
-        <v>70384190</v>
+        <v>42211987</v>
       </c>
       <c r="D519" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E519" s="3"/>
       <c r="F519" s="3"/>
       <c r="G519" s="3"/>
       <c r="H519" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="3">
         <v>518</v>
       </c>
       <c r="B520" s="3" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C520" s="3">
-        <v>31044116</v>
+        <v>20491009145</v>
       </c>
       <c r="D520" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E520" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E520" s="3" t="s">
+        <v>730</v>
+      </c>
       <c r="F520" s="3"/>
       <c r="G520" s="3"/>
       <c r="H520" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="3">
         <v>519</v>
       </c>
       <c r="B521" s="3" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="C521" s="3">
-        <v>46235610</v>
+        <v>31000384</v>
       </c>
       <c r="D521" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E521" s="3"/>
       <c r="F521" s="3"/>
       <c r="G521" s="3"/>
       <c r="H521" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="3">
         <v>520</v>
       </c>
       <c r="B522" s="3" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="C522" s="3">
-        <v>47520454</v>
+        <v>20606055952</v>
       </c>
       <c r="D522" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E522" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E522" s="3" t="s">
+        <v>733</v>
+      </c>
       <c r="F522" s="3"/>
       <c r="G522" s="3"/>
       <c r="H522" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="3">
         <v>521</v>
       </c>
       <c r="B523" s="3" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="C523" s="3">
-        <v>42346405</v>
+        <v>20606055952</v>
       </c>
       <c r="D523" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E523" s="3"/>
       <c r="F523" s="3"/>
       <c r="G523" s="3"/>
       <c r="H523" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="3">
         <v>522</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="C524" s="3">
-        <v>31031133</v>
+        <v>20602001602</v>
       </c>
       <c r="D524" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E524" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E524" s="3" t="s">
+        <v>735</v>
+      </c>
       <c r="F524" s="3"/>
       <c r="G524" s="3"/>
       <c r="H524" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="3">
         <v>523</v>
       </c>
       <c r="B525" s="3" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="C525" s="3">
-        <v>31029540</v>
+        <v>47559774</v>
       </c>
       <c r="D525" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E525" s="3"/>
       <c r="F525" s="3"/>
       <c r="G525" s="3"/>
       <c r="H525" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="3">
         <v>524</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="C526" s="3">
-        <v>31011738</v>
+        <v>73064522</v>
       </c>
       <c r="D526" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E526" s="3"/>
       <c r="F526" s="3"/>
       <c r="G526" s="3"/>
       <c r="H526" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="3">
         <v>525</v>
       </c>
       <c r="B527" s="3" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="C527" s="3">
-        <v>31045349</v>
+        <v>80121701</v>
       </c>
       <c r="D527" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E527" s="3"/>
       <c r="F527" s="3"/>
       <c r="G527" s="3"/>
       <c r="H527" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="3">
         <v>526</v>
       </c>
       <c r="B528" s="3" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="C528" s="3">
-        <v>31084537</v>
+        <v>61575213</v>
       </c>
       <c r="D528" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E528" s="3"/>
       <c r="F528" s="3"/>
       <c r="G528" s="3"/>
       <c r="H528" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="3">
         <v>527</v>
       </c>
       <c r="B529" s="3" t="s">
-        <v>734</v>
-[...2 lines deleted...]
-        <v>735</v>
+        <v>740</v>
+      </c>
+      <c r="C529" s="3">
+        <v>80019514</v>
       </c>
       <c r="D529" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E529" s="3"/>
       <c r="F529" s="3"/>
       <c r="G529" s="3"/>
       <c r="H529" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="3">
         <v>528</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C530" s="3">
-        <v>70425344</v>
+        <v>10076423283</v>
       </c>
       <c r="D530" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E530" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E530" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F530" s="3"/>
       <c r="G530" s="3"/>
       <c r="H530" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="3">
         <v>529</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="C531" s="3">
-        <v>10310329997</v>
+        <v>10069383918</v>
       </c>
       <c r="D531" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E531" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F531" s="3"/>
       <c r="G531" s="3"/>
       <c r="H531" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="3">
         <v>530</v>
       </c>
       <c r="B532" s="3" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="C532" s="3">
-        <v>20607415324</v>
+        <v>20490893254</v>
       </c>
       <c r="D532" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="F532" s="3"/>
       <c r="G532" s="3"/>
       <c r="H532" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="3">
         <v>531</v>
       </c>
       <c r="B533" s="3" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="C533" s="3">
-        <v>10434717065</v>
+        <v>47589451</v>
       </c>
       <c r="D533" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E533" s="3"/>
       <c r="F533" s="3"/>
       <c r="G533" s="3"/>
       <c r="H533" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="3">
         <v>532</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="C534" s="3">
-        <v>10800734512</v>
+        <v>10310045361</v>
       </c>
       <c r="D534" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E534" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F534" s="3"/>
       <c r="G534" s="3"/>
       <c r="H534" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="3">
         <v>533</v>
       </c>
       <c r="B535" s="3" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="C535" s="3">
-        <v>20604497389</v>
+        <v>23982306</v>
       </c>
       <c r="D535" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E535" s="3"/>
       <c r="F535" s="3"/>
       <c r="G535" s="3"/>
       <c r="H535" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="3">
         <v>534</v>
       </c>
       <c r="B536" s="3" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="C536" s="3">
-        <v>10442212983</v>
+        <v>20601330645</v>
       </c>
       <c r="D536" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>13</v>
+        <v>749</v>
       </c>
       <c r="F536" s="3"/>
       <c r="G536" s="3"/>
       <c r="H536" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="3">
         <v>535</v>
       </c>
       <c r="B537" s="3" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="C537" s="3">
-        <v>10463097530</v>
+        <v>10310343264</v>
       </c>
       <c r="D537" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E537" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F537" s="3"/>
       <c r="G537" s="3"/>
       <c r="H537" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="3">
         <v>536</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-        <v>747</v>
+        <v>751</v>
+      </c>
+      <c r="C538" s="3">
+        <v>10393253</v>
       </c>
       <c r="D538" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E538" s="3"/>
       <c r="F538" s="3"/>
       <c r="G538" s="3"/>
       <c r="H538" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="3">
         <v>537</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="C539" s="3">
-        <v>31013894</v>
+        <v>70384190</v>
       </c>
       <c r="D539" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E539" s="3"/>
       <c r="F539" s="3"/>
       <c r="G539" s="3"/>
       <c r="H539" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="3">
         <v>538</v>
       </c>
       <c r="B540" s="3" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="C540" s="3">
-        <v>10771295512</v>
+        <v>31044116</v>
       </c>
       <c r="D540" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E540" s="3"/>
       <c r="F540" s="3"/>
       <c r="G540" s="3"/>
       <c r="H540" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="3">
         <v>539</v>
       </c>
       <c r="B541" s="3" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="C541" s="3">
-        <v>21471951</v>
+        <v>46235610</v>
       </c>
       <c r="D541" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E541" s="3"/>
       <c r="F541" s="3"/>
       <c r="G541" s="3"/>
       <c r="H541" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="3">
         <v>540</v>
       </c>
       <c r="B542" s="3" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="C542" s="3">
-        <v>71312868</v>
+        <v>47520454</v>
       </c>
       <c r="D542" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E542" s="3"/>
       <c r="F542" s="3"/>
       <c r="G542" s="3"/>
       <c r="H542" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="3">
         <v>541</v>
       </c>
       <c r="B543" s="3" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="C543" s="3">
-        <v>20505208626</v>
+        <v>42346405</v>
       </c>
       <c r="D543" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E543" s="3"/>
       <c r="F543" s="3"/>
       <c r="G543" s="3"/>
       <c r="H543" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="3">
         <v>542</v>
       </c>
       <c r="B544" s="3" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="C544" s="3">
-        <v>74641588</v>
+        <v>31031133</v>
       </c>
       <c r="D544" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E544" s="3"/>
       <c r="F544" s="3"/>
       <c r="G544" s="3"/>
       <c r="H544" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="3">
         <v>543</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="C545" s="3">
-        <v>20131376503</v>
+        <v>31029540</v>
       </c>
       <c r="D545" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E545" s="3"/>
       <c r="F545" s="3"/>
       <c r="G545" s="3"/>
       <c r="H545" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="3">
         <v>544</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C546" s="3">
-        <v>20131377810</v>
+        <v>31011738</v>
       </c>
       <c r="D546" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E546" s="3"/>
       <c r="F546" s="3"/>
       <c r="G546" s="3"/>
       <c r="H546" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="3">
         <v>545</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C547" s="3">
-        <v>20609098890</v>
+        <v>31045349</v>
       </c>
       <c r="D547" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E547" s="3"/>
       <c r="F547" s="3"/>
       <c r="G547" s="3"/>
       <c r="H547" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="3">
         <v>546</v>
       </c>
       <c r="B548" s="3" t="s">
         <v>761</v>
       </c>
       <c r="C548" s="3">
-        <v>20226916947</v>
+        <v>31084537</v>
       </c>
       <c r="D548" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E548" s="3"/>
       <c r="F548" s="3"/>
       <c r="G548" s="3"/>
       <c r="H548" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="3">
         <v>547</v>
       </c>
       <c r="B549" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="C549" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="C549" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D549" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E549" s="3"/>
       <c r="F549" s="3"/>
       <c r="G549" s="3"/>
       <c r="H549" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="3">
         <v>548</v>
       </c>
       <c r="B550" s="3" t="s">
         <v>764</v>
       </c>
       <c r="C550" s="3">
-        <v>20530932487</v>
+        <v>70425344</v>
       </c>
       <c r="D550" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E550" s="3"/>
       <c r="F550" s="3"/>
       <c r="G550" s="3"/>
       <c r="H550" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="3">
         <v>549</v>
       </c>
       <c r="B551" s="3" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="C551" s="3">
-        <v>15485459399</v>
+        <v>10310329997</v>
       </c>
       <c r="D551" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E551" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F551" s="3"/>
       <c r="G551" s="3"/>
       <c r="H551" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="3">
         <v>550</v>
       </c>
       <c r="B552" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="C552" s="3">
+        <v>20607415324</v>
+      </c>
+      <c r="D552" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E552" s="3" t="s">
         <v>767</v>
       </c>
-      <c r="C552" s="3">
-[...5 lines deleted...]
-      <c r="E552" s="3"/>
       <c r="F552" s="3"/>
       <c r="G552" s="3"/>
       <c r="H552" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="3">
         <v>551</v>
       </c>
       <c r="B553" s="3" t="s">
         <v>768</v>
       </c>
       <c r="C553" s="3">
-        <v>42339148</v>
+        <v>10434717065</v>
       </c>
       <c r="D553" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E553" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E553" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F553" s="3"/>
       <c r="G553" s="3"/>
       <c r="H553" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="3">
         <v>552</v>
       </c>
       <c r="B554" s="3" t="s">
         <v>769</v>
       </c>
       <c r="C554" s="3">
-        <v>20214751811</v>
+        <v>10800734512</v>
       </c>
       <c r="D554" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>770</v>
+        <v>13</v>
       </c>
       <c r="F554" s="3"/>
       <c r="G554" s="3"/>
       <c r="H554" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="3">
         <v>553</v>
       </c>
       <c r="B555" s="3" t="s">
+        <v>770</v>
+      </c>
+      <c r="C555" s="3">
+        <v>20604497389</v>
+      </c>
+      <c r="D555" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E555" s="3" t="s">
         <v>771</v>
-      </c>
-[...7 lines deleted...]
-        <v>772</v>
       </c>
       <c r="F555" s="3"/>
       <c r="G555" s="3"/>
       <c r="H555" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="3">
         <v>554</v>
       </c>
       <c r="B556" s="3" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="C556" s="3">
-        <v>10420720977</v>
+        <v>10442212983</v>
       </c>
       <c r="D556" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E556" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F556" s="3"/>
       <c r="G556" s="3"/>
       <c r="H556" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="3">
         <v>555</v>
       </c>
       <c r="B557" s="3" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="C557" s="3">
-        <v>10315526537</v>
+        <v>10463097530</v>
       </c>
       <c r="D557" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E557" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F557" s="3"/>
       <c r="G557" s="3"/>
       <c r="H557" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="3">
         <v>556</v>
       </c>
       <c r="B558" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="C558" s="3" t="s">
         <v>775</v>
       </c>
-      <c r="C558" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D558" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E558" s="3"/>
       <c r="F558" s="3"/>
       <c r="G558" s="3"/>
       <c r="H558" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="3">
         <v>557</v>
       </c>
       <c r="B559" s="3" t="s">
         <v>776</v>
       </c>
       <c r="C559" s="3">
-        <v>47424264</v>
+        <v>31013894</v>
       </c>
       <c r="D559" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E559" s="3"/>
       <c r="F559" s="3"/>
       <c r="G559" s="3"/>
       <c r="H559" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="3">
         <v>558</v>
       </c>
       <c r="B560" s="3" t="s">
         <v>777</v>
       </c>
       <c r="C560" s="3">
-        <v>41842481</v>
+        <v>10771295512</v>
       </c>
       <c r="D560" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E560" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E560" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F560" s="3"/>
       <c r="G560" s="3"/>
       <c r="H560" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="3">
         <v>559</v>
       </c>
       <c r="B561" s="3" t="s">
         <v>778</v>
       </c>
       <c r="C561" s="3">
-        <v>10310128045</v>
+        <v>21471951</v>
       </c>
       <c r="D561" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E561" s="3"/>
       <c r="F561" s="3"/>
       <c r="G561" s="3"/>
       <c r="H561" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="3">
         <v>560</v>
       </c>
       <c r="B562" s="3" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="C562" s="3">
-        <v>10310045778</v>
+        <v>71312868</v>
       </c>
       <c r="D562" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E562" s="3"/>
       <c r="F562" s="3"/>
       <c r="G562" s="3"/>
       <c r="H562" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="3">
         <v>561</v>
       </c>
       <c r="B563" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="C563" s="3">
+        <v>20505208626</v>
+      </c>
+      <c r="D563" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E563" s="3" t="s">
         <v>781</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F563" s="3"/>
       <c r="G563" s="3"/>
       <c r="H563" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="3">
         <v>562</v>
       </c>
       <c r="B564" s="3" t="s">
         <v>782</v>
       </c>
       <c r="C564" s="3">
-        <v>20100147514</v>
+        <v>74641588</v>
       </c>
       <c r="D564" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E564" s="3"/>
       <c r="F564" s="3"/>
       <c r="G564" s="3"/>
       <c r="H564" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="3">
         <v>563</v>
       </c>
       <c r="B565" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="C565" s="3">
+        <v>20131376503</v>
+      </c>
+      <c r="D565" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E565" s="3" t="s">
         <v>784</v>
-      </c>
-[...7 lines deleted...]
-        <v>785</v>
       </c>
       <c r="F565" s="3"/>
       <c r="G565" s="3"/>
       <c r="H565" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="3">
         <v>564</v>
       </c>
       <c r="B566" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="C566" s="3">
+        <v>20131377810</v>
+      </c>
+      <c r="D566" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E566" s="3" t="s">
         <v>786</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F566" s="3"/>
       <c r="G566" s="3"/>
       <c r="H566" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="3">
         <v>565</v>
       </c>
       <c r="B567" s="3" t="s">
         <v>787</v>
       </c>
       <c r="C567" s="3">
-        <v>20536902385</v>
+        <v>20609098890</v>
       </c>
       <c r="D567" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E567" s="3" t="s">
         <v>788</v>
       </c>
       <c r="F567" s="3"/>
       <c r="G567" s="3"/>
       <c r="H567" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="3">
         <v>566</v>
       </c>
       <c r="B568" s="3" t="s">
         <v>789</v>
       </c>
       <c r="C568" s="3">
-        <v>20613793357</v>
+        <v>20226916947</v>
       </c>
       <c r="D568" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E568" s="3" t="s">
         <v>790</v>
       </c>
       <c r="F568" s="3"/>
       <c r="G568" s="3"/>
       <c r="H568" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="3">
         <v>567</v>
       </c>
       <c r="B569" s="3" t="s">
         <v>791</v>
       </c>
       <c r="C569" s="3">
-        <v>20601093163</v>
+        <v>10413924338</v>
       </c>
       <c r="D569" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>792</v>
+        <v>13</v>
       </c>
       <c r="F569" s="3"/>
       <c r="G569" s="3"/>
       <c r="H569" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="C570" s="3">
+        <v>20530932487</v>
+      </c>
+      <c r="D570" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E570" s="3" t="s">
         <v>793</v>
-      </c>
-[...7 lines deleted...]
-        <v>794</v>
       </c>
       <c r="F570" s="3"/>
       <c r="G570" s="3"/>
       <c r="H570" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="3">
         <v>569</v>
       </c>
       <c r="B571" s="3" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="C571" s="3">
-        <v>10310247001</v>
+        <v>15485459399</v>
       </c>
       <c r="D571" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E571" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F571" s="3"/>
       <c r="G571" s="3"/>
       <c r="H571" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="3">
         <v>570</v>
       </c>
       <c r="B572" s="3" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="C572" s="3">
-        <v>10425936838</v>
+        <v>42155585</v>
       </c>
       <c r="D572" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E572" s="3"/>
       <c r="F572" s="3"/>
       <c r="G572" s="3"/>
       <c r="H572" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="3">
         <v>571</v>
       </c>
       <c r="B573" s="3" t="s">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="C573" s="3">
-        <v>31036524</v>
+        <v>42339148</v>
       </c>
       <c r="D573" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E573" s="3"/>
       <c r="F573" s="3"/>
       <c r="G573" s="3"/>
       <c r="H573" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="3">
         <v>572</v>
       </c>
       <c r="B574" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="C574" s="3">
+        <v>20214751811</v>
+      </c>
+      <c r="D574" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E574" s="3" t="s">
         <v>798</v>
-      </c>
-[...7 lines deleted...]
-        <v>799</v>
       </c>
       <c r="F574" s="3"/>
       <c r="G574" s="3"/>
       <c r="H574" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="3">
         <v>573</v>
       </c>
       <c r="B575" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="C575" s="3">
+        <v>20111284084</v>
+      </c>
+      <c r="D575" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E575" s="3" t="s">
         <v>800</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F575" s="3"/>
       <c r="G575" s="3"/>
       <c r="H575" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="3">
         <v>574</v>
       </c>
       <c r="B576" s="3" t="s">
         <v>801</v>
       </c>
       <c r="C576" s="3">
-        <v>20601515548</v>
+        <v>10420720977</v>
       </c>
       <c r="D576" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>802</v>
+        <v>13</v>
       </c>
       <c r="F576" s="3"/>
       <c r="G576" s="3"/>
       <c r="H576" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="3">
         <v>575</v>
       </c>
       <c r="B577" s="3" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="C577" s="3">
-        <v>20443178342</v>
+        <v>10315526537</v>
       </c>
       <c r="D577" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>804</v>
+        <v>13</v>
       </c>
       <c r="F577" s="3"/>
       <c r="G577" s="3"/>
       <c r="H577" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="3">
         <v>576</v>
       </c>
       <c r="B578" s="3" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="C578" s="3">
-        <v>20100227461</v>
+        <v>10282430521</v>
       </c>
       <c r="D578" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>806</v>
+        <v>13</v>
       </c>
       <c r="F578" s="3"/>
       <c r="G578" s="3"/>
       <c r="H578" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="3">
         <v>577</v>
       </c>
       <c r="B579" s="3" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="C579" s="3">
-        <v>20601081726</v>
+        <v>47424264</v>
       </c>
       <c r="D579" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E579" s="3"/>
       <c r="F579" s="3"/>
       <c r="G579" s="3"/>
       <c r="H579" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="3">
         <v>578</v>
       </c>
       <c r="B580" s="3" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="C580" s="3">
-        <v>20564108724</v>
+        <v>41842481</v>
       </c>
       <c r="D580" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E580" s="3"/>
       <c r="F580" s="3"/>
       <c r="G580" s="3"/>
       <c r="H580" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="3">
         <v>579</v>
       </c>
       <c r="B581" s="3" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
       <c r="C581" s="3">
-        <v>43222353</v>
+        <v>10310128045</v>
       </c>
       <c r="D581" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E581" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E581" s="3" t="s">
+        <v>807</v>
+      </c>
       <c r="F581" s="3"/>
       <c r="G581" s="3"/>
       <c r="H581" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="3">
         <v>580</v>
       </c>
       <c r="B582" s="3" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="C582" s="3">
-        <v>40140419</v>
+        <v>10310045778</v>
       </c>
       <c r="D582" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E582" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E582" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F582" s="3"/>
       <c r="G582" s="3"/>
       <c r="H582" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="3">
         <v>581</v>
       </c>
       <c r="B583" s="3" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="C583" s="3">
-        <v>98367669</v>
+        <v>10421580605</v>
       </c>
       <c r="D583" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E583" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E583" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F583" s="3"/>
       <c r="G583" s="3"/>
       <c r="H583" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="3">
         <v>582</v>
       </c>
       <c r="B584" s="3" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="C584" s="3">
-        <v>20490983598</v>
+        <v>20100147514</v>
       </c>
       <c r="D584" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="F584" s="3"/>
       <c r="G584" s="3"/>
       <c r="H584" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="3">
         <v>583</v>
       </c>
       <c r="B585" s="3" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="C585" s="3">
-        <v>20104985204</v>
+        <v>20606810530</v>
       </c>
       <c r="D585" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="F585" s="3"/>
       <c r="G585" s="3"/>
       <c r="H585" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="3">
         <v>584</v>
       </c>
       <c r="B586" s="3" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="C586" s="3">
-        <v>72259889</v>
+        <v>10247126975</v>
       </c>
       <c r="D586" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E586" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E586" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F586" s="3"/>
       <c r="G586" s="3"/>
       <c r="H586" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="3">
         <v>585</v>
       </c>
       <c r="B587" s="3" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="C587" s="3">
-        <v>10310314299</v>
+        <v>20536902385</v>
       </c>
       <c r="D587" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>13</v>
+        <v>816</v>
       </c>
       <c r="F587" s="3"/>
       <c r="G587" s="3"/>
       <c r="H587" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="3">
         <v>586</v>
       </c>
       <c r="B588" s="3" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="C588" s="3">
-        <v>20600792378</v>
+        <v>20613793357</v>
       </c>
       <c r="D588" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="F588" s="3"/>
       <c r="G588" s="3"/>
       <c r="H588" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="3">
         <v>587</v>
       </c>
       <c r="B589" s="3" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="C589" s="3">
-        <v>10310135564</v>
+        <v>20601093163</v>
       </c>
       <c r="D589" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="F589" s="3"/>
       <c r="G589" s="3"/>
       <c r="H589" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="3">
         <v>588</v>
       </c>
       <c r="B590" s="3" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="C590" s="3">
-        <v>23978839</v>
+        <v>31045578</v>
       </c>
       <c r="D590" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E590" s="3"/>
+      <c r="E590" s="3" t="s">
+        <v>822</v>
+      </c>
       <c r="F590" s="3"/>
       <c r="G590" s="3"/>
       <c r="H590" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="3">
         <v>589</v>
       </c>
       <c r="B591" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="C591" s="3">
+        <v>20486407965</v>
+      </c>
+      <c r="D591" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E591" s="3" t="s">
         <v>824</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F591" s="3"/>
       <c r="G591" s="3"/>
       <c r="H591" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="3">
         <v>590</v>
       </c>
       <c r="B592" s="3" t="s">
         <v>825</v>
       </c>
       <c r="C592" s="3">
-        <v>20549420363</v>
+        <v>10310247001</v>
       </c>
       <c r="D592" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>826</v>
+        <v>13</v>
       </c>
       <c r="F592" s="3"/>
       <c r="G592" s="3"/>
       <c r="H592" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="3">
         <v>591</v>
       </c>
       <c r="B593" s="3" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="C593" s="3">
-        <v>20609324423</v>
+        <v>10425936838</v>
       </c>
       <c r="D593" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>828</v>
+        <v>13</v>
       </c>
       <c r="F593" s="3"/>
       <c r="G593" s="3"/>
       <c r="H593" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="3">
         <v>592</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="C594" s="3">
-        <v>20450656349</v>
+        <v>31036524</v>
       </c>
       <c r="D594" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E594" s="3"/>
       <c r="F594" s="3"/>
       <c r="G594" s="3"/>
       <c r="H594" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="3">
         <v>593</v>
       </c>
       <c r="B595" s="3" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="C595" s="3">
-        <v>20564069303</v>
+        <v>20610905090</v>
       </c>
       <c r="D595" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="F595" s="3"/>
       <c r="G595" s="3"/>
       <c r="H595" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="3">
         <v>594</v>
       </c>
       <c r="B596" s="3" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="C596" s="3">
-        <v>40574966</v>
+        <v>10745887444</v>
       </c>
       <c r="D596" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E596" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E596" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F596" s="3"/>
       <c r="G596" s="3"/>
       <c r="H596" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="3">
         <v>595</v>
       </c>
       <c r="B597" s="3" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="C597" s="3">
-        <v>31139271</v>
+        <v>20601515548</v>
       </c>
       <c r="D597" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E597" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E597" s="3" t="s">
+        <v>832</v>
+      </c>
       <c r="F597" s="3"/>
       <c r="G597" s="3"/>
       <c r="H597" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="3">
         <v>596</v>
       </c>
       <c r="B598" s="3" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="C598" s="3">
-        <v>31007267</v>
+        <v>20443178342</v>
       </c>
       <c r="D598" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E598" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E598" s="3" t="s">
+        <v>834</v>
+      </c>
       <c r="F598" s="3"/>
       <c r="G598" s="3"/>
       <c r="H598" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="3">
         <v>597</v>
       </c>
       <c r="B599" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="C599" s="3">
+        <v>20100227461</v>
+      </c>
+      <c r="D599" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E599" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="C599" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E599" s="3"/>
       <c r="F599" s="3"/>
       <c r="G599" s="3"/>
       <c r="H599" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="3">
         <v>598</v>
       </c>
       <c r="B600" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="C600" s="3">
+        <v>20601081726</v>
+      </c>
+      <c r="D600" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E600" s="3" t="s">
         <v>838</v>
       </c>
-      <c r="C600" s="3">
-[...5 lines deleted...]
-      <c r="E600" s="3"/>
       <c r="F600" s="3"/>
       <c r="G600" s="3"/>
       <c r="H600" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="3">
         <v>599</v>
       </c>
       <c r="B601" s="3" t="s">
         <v>839</v>
       </c>
       <c r="C601" s="3">
-        <v>20528099328</v>
+        <v>20564108724</v>
       </c>
       <c r="D601" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E601" s="3" t="s">
         <v>840</v>
       </c>
       <c r="F601" s="3"/>
       <c r="G601" s="3"/>
       <c r="H601" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="3">
         <v>600</v>
       </c>
       <c r="B602" s="3" t="s">
         <v>841</v>
       </c>
       <c r="C602" s="3">
-        <v>48936699</v>
+        <v>43222353</v>
       </c>
       <c r="D602" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E602" s="3"/>
       <c r="F602" s="3"/>
       <c r="G602" s="3"/>
       <c r="H602" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="3">
         <v>601</v>
       </c>
       <c r="B603" s="3" t="s">
         <v>842</v>
       </c>
       <c r="C603" s="3">
-        <v>31030833</v>
+        <v>40140419</v>
       </c>
       <c r="D603" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E603" s="3"/>
       <c r="F603" s="3"/>
       <c r="G603" s="3"/>
       <c r="H603" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="3">
         <v>602</v>
       </c>
       <c r="B604" s="3" t="s">
         <v>843</v>
       </c>
       <c r="C604" s="3">
-        <v>40013423</v>
+        <v>98367669</v>
       </c>
       <c r="D604" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E604" s="3"/>
       <c r="F604" s="3"/>
       <c r="G604" s="3"/>
       <c r="H604" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="3">
         <v>603</v>
       </c>
       <c r="B605" s="3" t="s">
         <v>844</v>
       </c>
       <c r="C605" s="3">
-        <v>31029411</v>
+        <v>20490983598</v>
       </c>
       <c r="D605" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E605" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E605" s="3" t="s">
+        <v>845</v>
+      </c>
       <c r="F605" s="3"/>
       <c r="G605" s="3"/>
       <c r="H605" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="3">
         <v>604</v>
       </c>
       <c r="B606" s="3" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C606" s="3">
-        <v>40209985</v>
+        <v>20104985204</v>
       </c>
       <c r="D606" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E606" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E606" s="3" t="s">
+        <v>847</v>
+      </c>
       <c r="F606" s="3"/>
       <c r="G606" s="3"/>
       <c r="H606" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="3">
         <v>605</v>
       </c>
       <c r="B607" s="3" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C607" s="3">
-        <v>20603181388</v>
+        <v>72259889</v>
       </c>
       <c r="D607" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E607" s="3"/>
       <c r="F607" s="3"/>
       <c r="G607" s="3"/>
       <c r="H607" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="3">
         <v>606</v>
       </c>
       <c r="B608" s="3" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C608" s="3">
-        <v>20564495663</v>
+        <v>10310314299</v>
       </c>
       <c r="D608" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>849</v>
+        <v>13</v>
       </c>
       <c r="F608" s="3"/>
       <c r="G608" s="3"/>
       <c r="H608" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="3">
         <v>607</v>
       </c>
       <c r="B609" s="3" t="s">
         <v>850</v>
       </c>
       <c r="C609" s="3">
-        <v>42871434</v>
+        <v>20600792378</v>
       </c>
       <c r="D609" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E609" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E609" s="3" t="s">
+        <v>851</v>
+      </c>
       <c r="F609" s="3"/>
       <c r="G609" s="3"/>
       <c r="H609" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="3">
         <v>608</v>
       </c>
       <c r="B610" s="3" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C610" s="3">
-        <v>31012187</v>
+        <v>10310135564</v>
       </c>
       <c r="D610" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E610" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E610" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F610" s="3"/>
       <c r="G610" s="3"/>
       <c r="H610" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="3">
         <v>609</v>
       </c>
       <c r="B611" s="3" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C611" s="3">
-        <v>80511899</v>
+        <v>23978839</v>
       </c>
       <c r="D611" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E611" s="3"/>
       <c r="F611" s="3"/>
       <c r="G611" s="3"/>
       <c r="H611" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="3">
         <v>610</v>
       </c>
       <c r="B612" s="3" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C612" s="3">
-        <v>46235609</v>
+        <v>10313473207</v>
       </c>
       <c r="D612" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E612" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E612" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F612" s="3"/>
       <c r="G612" s="3"/>
       <c r="H612" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="3">
         <v>611</v>
       </c>
       <c r="B613" s="3" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C613" s="3">
-        <v>31173661</v>
+        <v>20549420363</v>
       </c>
       <c r="D613" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E613" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E613" s="3" t="s">
+        <v>856</v>
+      </c>
       <c r="F613" s="3"/>
       <c r="G613" s="3"/>
       <c r="H613" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="3">
         <v>612</v>
       </c>
       <c r="B614" s="3" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="C614" s="3">
-        <v>45979125</v>
+        <v>20609324423</v>
       </c>
       <c r="D614" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E614" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E614" s="3" t="s">
+        <v>858</v>
+      </c>
       <c r="F614" s="3"/>
       <c r="G614" s="3"/>
       <c r="H614" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="3">
         <v>613</v>
       </c>
       <c r="B615" s="3" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="C615" s="3">
-        <v>71958484</v>
+        <v>20450656349</v>
       </c>
       <c r="D615" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E615" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E615" s="3" t="s">
+        <v>860</v>
+      </c>
       <c r="F615" s="3"/>
       <c r="G615" s="3"/>
       <c r="H615" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="3">
         <v>614</v>
       </c>
       <c r="B616" s="3" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C616" s="3">
-        <v>72140421</v>
+        <v>20564069303</v>
       </c>
       <c r="D616" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E616" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E616" s="3" t="s">
+        <v>862</v>
+      </c>
       <c r="F616" s="3"/>
       <c r="G616" s="3"/>
       <c r="H616" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="3">
         <v>615</v>
       </c>
       <c r="B617" s="3" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="C617" s="3">
-        <v>20607329355</v>
+        <v>40574966</v>
       </c>
       <c r="D617" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E617" s="3"/>
       <c r="F617" s="3"/>
       <c r="G617" s="3"/>
       <c r="H617" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="3">
         <v>616</v>
       </c>
       <c r="B618" s="3" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="C618" s="3">
-        <v>31037521</v>
+        <v>31139271</v>
       </c>
       <c r="D618" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E618" s="3"/>
       <c r="F618" s="3"/>
       <c r="G618" s="3"/>
       <c r="H618" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="3">
         <v>617</v>
       </c>
       <c r="B619" s="3" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="C619" s="3">
-        <v>31039644</v>
+        <v>31010942</v>
       </c>
       <c r="D619" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E619" s="3"/>
       <c r="F619" s="3"/>
       <c r="G619" s="3"/>
       <c r="H619" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="3">
         <v>618</v>
       </c>
       <c r="B620" s="3" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="C620" s="3">
-        <v>73752884</v>
+        <v>31007267</v>
       </c>
       <c r="D620" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E620" s="3"/>
       <c r="F620" s="3"/>
       <c r="G620" s="3"/>
       <c r="H620" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="3">
         <v>619</v>
       </c>
       <c r="B621" s="3" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>20609845946</v>
+        <v>867</v>
+      </c>
+      <c r="C621" s="3" t="s">
+        <v>868</v>
       </c>
       <c r="D621" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E621" s="3"/>
       <c r="F621" s="3"/>
       <c r="G621" s="3"/>
       <c r="H621" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="3">
         <v>620</v>
       </c>
       <c r="B622" s="3" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="C622" s="3">
-        <v>31185872</v>
+        <v>31022822</v>
       </c>
       <c r="D622" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E622" s="3"/>
       <c r="F622" s="3"/>
       <c r="G622" s="3"/>
       <c r="H622" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="3">
         <v>621</v>
       </c>
       <c r="B623" s="3" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="C623" s="3">
-        <v>60020699</v>
+        <v>20528099328</v>
       </c>
       <c r="D623" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E623" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E623" s="3" t="s">
+        <v>871</v>
+      </c>
       <c r="F623" s="3"/>
       <c r="G623" s="3"/>
       <c r="H623" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="3">
         <v>622</v>
       </c>
       <c r="B624" s="3" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
       <c r="C624" s="3">
-        <v>71298806</v>
+        <v>48936699</v>
       </c>
       <c r="D624" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E624" s="3"/>
       <c r="F624" s="3"/>
       <c r="G624" s="3"/>
       <c r="H624" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="3">
         <v>623</v>
       </c>
       <c r="B625" s="3" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="C625" s="3">
-        <v>20600078501</v>
+        <v>31030833</v>
       </c>
       <c r="D625" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E625" s="3"/>
       <c r="F625" s="3"/>
       <c r="G625" s="3"/>
       <c r="H625" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" s="3">
+        <v>624</v>
+      </c>
+      <c r="B626" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="C626" s="3">
+        <v>40013423</v>
+      </c>
+      <c r="D626" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E626" s="3"/>
+      <c r="F626" s="3"/>
+      <c r="G626" s="3"/>
+      <c r="H626" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" s="3">
+        <v>625</v>
+      </c>
+      <c r="B627" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="C627" s="3">
+        <v>31029411</v>
+      </c>
+      <c r="D627" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E627" s="3"/>
+      <c r="F627" s="3"/>
+      <c r="G627" s="3"/>
+      <c r="H627" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" s="3">
+        <v>626</v>
+      </c>
+      <c r="B628" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="C628" s="3">
+        <v>40209985</v>
+      </c>
+      <c r="D628" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E628" s="3"/>
+      <c r="F628" s="3"/>
+      <c r="G628" s="3"/>
+      <c r="H628" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" s="3">
+        <v>627</v>
+      </c>
+      <c r="B629" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="C629" s="3">
+        <v>20603181388</v>
+      </c>
+      <c r="D629" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E629" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="F629" s="3"/>
+      <c r="G629" s="3"/>
+      <c r="H629" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" s="3">
+        <v>628</v>
+      </c>
+      <c r="B630" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="C630" s="3">
+        <v>20564495663</v>
+      </c>
+      <c r="D630" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E630" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="F630" s="3"/>
+      <c r="G630" s="3"/>
+      <c r="H630" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" s="3">
+        <v>629</v>
+      </c>
+      <c r="B631" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="C631" s="3">
+        <v>42871434</v>
+      </c>
+      <c r="D631" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E631" s="3"/>
+      <c r="F631" s="3"/>
+      <c r="G631" s="3"/>
+      <c r="H631" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632" s="3">
+        <v>630</v>
+      </c>
+      <c r="B632" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="C632" s="3">
+        <v>31012187</v>
+      </c>
+      <c r="D632" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E632" s="3"/>
+      <c r="F632" s="3"/>
+      <c r="G632" s="3"/>
+      <c r="H632" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633" s="3">
+        <v>631</v>
+      </c>
+      <c r="B633" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="C633" s="3">
+        <v>80511899</v>
+      </c>
+      <c r="D633" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E633" s="3"/>
+      <c r="F633" s="3"/>
+      <c r="G633" s="3"/>
+      <c r="H633" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="634" spans="1:8">
+      <c r="A634" s="3">
+        <v>632</v>
+      </c>
+      <c r="B634" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="C634" s="3">
+        <v>46235609</v>
+      </c>
+      <c r="D634" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E634" s="3"/>
+      <c r="F634" s="3"/>
+      <c r="G634" s="3"/>
+      <c r="H634" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="635" spans="1:8">
+      <c r="A635" s="3">
+        <v>633</v>
+      </c>
+      <c r="B635" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="C635" s="3">
+        <v>31173661</v>
+      </c>
+      <c r="D635" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E635" s="3"/>
+      <c r="F635" s="3"/>
+      <c r="G635" s="3"/>
+      <c r="H635" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="636" spans="1:8">
+      <c r="A636" s="3">
+        <v>634</v>
+      </c>
+      <c r="B636" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="C636" s="3">
+        <v>45979125</v>
+      </c>
+      <c r="D636" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E636" s="3"/>
+      <c r="F636" s="3"/>
+      <c r="G636" s="3"/>
+      <c r="H636" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="637" spans="1:8">
+      <c r="A637" s="3">
+        <v>635</v>
+      </c>
+      <c r="B637" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="C637" s="3">
+        <v>71958484</v>
+      </c>
+      <c r="D637" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E637" s="3"/>
+      <c r="F637" s="3"/>
+      <c r="G637" s="3"/>
+      <c r="H637" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="638" spans="1:8">
+      <c r="A638" s="3">
+        <v>636</v>
+      </c>
+      <c r="B638" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="C638" s="3">
+        <v>72140421</v>
+      </c>
+      <c r="D638" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E638" s="3"/>
+      <c r="F638" s="3"/>
+      <c r="G638" s="3"/>
+      <c r="H638" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="639" spans="1:8">
+      <c r="A639" s="3">
+        <v>637</v>
+      </c>
+      <c r="B639" s="3" t="s">
+        <v>889</v>
+      </c>
+      <c r="C639" s="3">
+        <v>20607329355</v>
+      </c>
+      <c r="D639" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E639" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="F639" s="3"/>
+      <c r="G639" s="3"/>
+      <c r="H639" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="640" spans="1:8">
+      <c r="A640" s="3">
+        <v>638</v>
+      </c>
+      <c r="B640" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="C640" s="3">
+        <v>31037521</v>
+      </c>
+      <c r="D640" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E640" s="3"/>
+      <c r="F640" s="3"/>
+      <c r="G640" s="3"/>
+      <c r="H640" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="641" spans="1:8">
+      <c r="A641" s="3">
+        <v>639</v>
+      </c>
+      <c r="B641" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="C641" s="3">
+        <v>31039644</v>
+      </c>
+      <c r="D641" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E641" s="3"/>
+      <c r="F641" s="3"/>
+      <c r="G641" s="3"/>
+      <c r="H641" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="642" spans="1:8">
+      <c r="A642" s="3">
+        <v>640</v>
+      </c>
+      <c r="B642" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="C642" s="3">
+        <v>73752884</v>
+      </c>
+      <c r="D642" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E642" s="3"/>
+      <c r="F642" s="3"/>
+      <c r="G642" s="3"/>
+      <c r="H642" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="643" spans="1:8">
+      <c r="A643" s="3">
+        <v>641</v>
+      </c>
+      <c r="B643" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="C643" s="3">
+        <v>70784280</v>
+      </c>
+      <c r="D643" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E643" s="3"/>
+      <c r="F643" s="3"/>
+      <c r="G643" s="3"/>
+      <c r="H643" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="644" spans="1:8">
+      <c r="A644" s="3">
+        <v>642</v>
+      </c>
+      <c r="B644" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="C644" s="3">
+        <v>20609845946</v>
+      </c>
+      <c r="D644" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E644" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="F644" s="3"/>
+      <c r="G644" s="3"/>
+      <c r="H644" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="645" spans="1:8">
+      <c r="A645" s="3">
+        <v>643</v>
+      </c>
+      <c r="B645" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="C645" s="3">
+        <v>31185872</v>
+      </c>
+      <c r="D645" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E645" s="3"/>
+      <c r="F645" s="3"/>
+      <c r="G645" s="3"/>
+      <c r="H645" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="646" spans="1:8">
+      <c r="A646" s="3">
+        <v>644</v>
+      </c>
+      <c r="B646" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="C646" s="3">
+        <v>60020699</v>
+      </c>
+      <c r="D646" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E646" s="3"/>
+      <c r="F646" s="3"/>
+      <c r="G646" s="3"/>
+      <c r="H646" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="647" spans="1:8">
+      <c r="A647" s="3">
+        <v>645</v>
+      </c>
+      <c r="B647" s="3" t="s">
+        <v>899</v>
+      </c>
+      <c r="C647" s="3">
+        <v>71298806</v>
+      </c>
+      <c r="D647" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E647" s="3"/>
+      <c r="F647" s="3"/>
+      <c r="G647" s="3"/>
+      <c r="H647" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="648" spans="1:8">
+      <c r="A648" s="3">
+        <v>646</v>
+      </c>
+      <c r="B648" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="C648" s="3">
+        <v>20600078501</v>
+      </c>
+      <c r="D648" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E648" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="F648" s="3"/>
+      <c r="G648" s="3"/>
+      <c r="H648" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="649" spans="1:8">
+      <c r="A649" s="3">
+        <v>647</v>
+      </c>
+      <c r="B649" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="C649" s="3">
+        <v>10434960377</v>
+      </c>
+      <c r="D649" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E649" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F649" s="3"/>
+      <c r="G649" s="3"/>
+      <c r="H649" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>