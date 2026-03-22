--- v2 (2026-03-22)
+++ v3 (2026-03-22)
@@ -2147,57 +2147,57 @@
   <si>
     <t>AV. CAMINO REAL NRO. 108 DPTO. A602 RES.  CAMINO REAL II  (FRENTE A SANTA URSULA) - CUSCO - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>PROEDIFICA INGENIERIA Y CONSTRUCCIÃN S.R.L</t>
   </si>
   <si>
     <t>AV. CONDEBAMBA NRO. 222 URB.  CONDEBAMBA - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>PROGRAMA DE COMPENSACIONES PARA LA COMPETITIVIDAD</t>
   </si>
   <si>
     <t>CAL.CORONEL ODRIOZOLA NRO. 171 URB.  ORRANTIA - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>PROYECTOS E INVERSIONES ZSC S.A.C</t>
   </si>
   <si>
     <t>CAL.1 MZA. C2 LOTE. 1 A.H.  SEÃOR DE LUREN  (A MEDIA CUADRA DE INABIF NIÃO JESUSITO) - SAN JUAN DE LURIGANCHO - LIMA - LIMA</t>
   </si>
   <si>
     <t>PUESTO DE SALUD SAN MARTIN</t>
   </si>
   <si>
+    <t>00000214</t>
+  </si>
+  <si>
+    <t>SAN MARTIN ABANCAY APURIMAC</t>
+  </si>
+  <si>
     <t>00046512</t>
-  </si>
-[...4 lines deleted...]
-    <t>SAN MARTIN ABANCAY APURIMAC</t>
   </si>
   <si>
     <t>PUESTO DE SALUD SANMARTIN</t>
   </si>
   <si>
     <t>00000125</t>
   </si>
   <si>
     <t>PUESTO DE SALUD SOCCO</t>
   </si>
   <si>
     <t>PUGA ORDOÃEZ BRYAN BRUCE</t>
   </si>
   <si>
     <t>QUINTANA CALLA EDGAR</t>
   </si>
   <si>
     <t>QUINTANA CAMERO LIZ MIRIAM</t>
   </si>
   <si>
     <t>QUISPE ARCE FRANK JHOSEP</t>
   </si>
   <si>
     <t>QUISPE RAYME EDITH MARISOL</t>
   </si>
@@ -8955,131 +8955,131 @@
       </c>
       <c r="B275" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C275" s="3">
         <v>45055404</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E275" s="3"/>
       <c r="F275" s="3"/>
       <c r="G275" s="3"/>
       <c r="H275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C276" s="3">
-        <v>35011042</v>
+        <v>91025252</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E276" s="3"/>
       <c r="F276" s="3"/>
       <c r="G276" s="3"/>
       <c r="H276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C277" s="3">
-        <v>31029404</v>
+        <v>35011042</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E277" s="3"/>
       <c r="F277" s="3"/>
       <c r="G277" s="3"/>
       <c r="H277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C278" s="3">
-        <v>91025252</v>
+        <v>31029404</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E278" s="3"/>
       <c r="F278" s="3"/>
       <c r="G278" s="3"/>
       <c r="H278" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C279" s="3">
-        <v>33102940</v>
+        <v>31005971</v>
       </c>
       <c r="D279" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E279" s="3"/>
       <c r="F279" s="3"/>
       <c r="G279" s="3"/>
       <c r="H279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C280" s="3">
-        <v>31005971</v>
+        <v>33102940</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E280" s="3"/>
       <c r="F280" s="3"/>
       <c r="G280" s="3"/>
       <c r="H280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C281" s="3">
         <v>30109940</v>
       </c>
       <c r="D281" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E281" s="3" t="s">
@@ -13673,118 +13673,118 @@
         <v>708</v>
       </c>
       <c r="C502" s="3">
         <v>20603716834</v>
       </c>
       <c r="D502" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E502" s="3" t="s">
         <v>709</v>
       </c>
       <c r="F502" s="3"/>
       <c r="G502" s="3"/>
       <c r="H502" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="3">
         <v>501</v>
       </c>
       <c r="B503" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C503" s="3">
-        <v>20000982</v>
+        <v>31078560</v>
       </c>
       <c r="D503" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E503" s="3"/>
       <c r="F503" s="3"/>
       <c r="G503" s="3"/>
       <c r="H503" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="3">
         <v>502</v>
       </c>
       <c r="B504" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C504" s="3" t="s">
         <v>711</v>
       </c>
       <c r="D504" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E504" s="3"/>
+      <c r="E504" s="3" t="s">
+        <v>712</v>
+      </c>
       <c r="F504" s="3"/>
       <c r="G504" s="3"/>
       <c r="H504" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="3">
         <v>503</v>
       </c>
       <c r="B505" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C505" s="3">
-        <v>31078560</v>
+        <v>20000982</v>
       </c>
       <c r="D505" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E505" s="3"/>
       <c r="F505" s="3"/>
       <c r="G505" s="3"/>
       <c r="H505" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="3">
         <v>504</v>
       </c>
       <c r="B506" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C506" s="3" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D506" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E506" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E506" s="3"/>
       <c r="F506" s="3"/>
       <c r="G506" s="3"/>
       <c r="H506" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="3">
         <v>505</v>
       </c>
       <c r="B507" s="3" t="s">
         <v>714</v>
       </c>
       <c r="C507" s="3" t="s">
         <v>715</v>
       </c>
       <c r="D507" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E507" s="3" t="s">
         <v>415</v>
       </c>
       <c r="F507" s="3"/>
       <c r="G507" s="3"/>
       <c r="H507" s="3">