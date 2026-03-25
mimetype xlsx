--- v3 (2026-03-22)
+++ v4 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Clientes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="903">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="906">
   <si>
     <t>REPORTE DE CLIENTES REGISTRADOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>N° DOCUMENTO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
     <t>TELEFONO</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
@@ -137,50 +137,56 @@
   <si>
     <t>ANDRES  HUAMANI ACHAICA</t>
   </si>
   <si>
     <t>ANGELO  CESPEDES QUISPE</t>
   </si>
   <si>
     <t>ANTONIA  GREGORIO LEDO</t>
   </si>
   <si>
     <t>ANTONIA  INCA FUENTES</t>
   </si>
   <si>
     <t>ANTONIO  GUIZADO MIRANDA</t>
   </si>
   <si>
     <t>APAFA MIGUEL GRAU ABANCAY</t>
   </si>
   <si>
     <t>APIS ALTA INTERGENE E.I.R.L</t>
   </si>
   <si>
     <t>JR. JR.TARACALLE NRO. E-08 OTR.  JIRON  (ALTURA DE EMUSAP) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
+    <t>APU</t>
+  </si>
+  <si>
+    <t>NRO. SN SEC.  MAUCACALLE SAHUANAY ARCO TAMBURCO  (CANCHA DEPORTIVA EL ROMERAL) - TAMBURCO - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>APU INVERSIONES F &amp; S E.I.R.L.</t>
   </si>
   <si>
     <t>JR. HUASCAR NRO. 220 URB.  PATIBAMBA ALTA - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>AQUILINO  CARBAJAL MEZA</t>
   </si>
   <si>
     <t>AQUILINO  IGNACIO CONCHA</t>
   </si>
   <si>
     <t>08426707</t>
   </si>
   <si>
     <t>ARCE TERRAZAS LUCIA KARINA</t>
   </si>
   <si>
     <t>ARGAMONTE SERRANO ERIKA</t>
   </si>
   <si>
     <t>ARKAM CONSULTORES Y EJECUTORES EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>JR. 25 DE JULIO MZA. R LOTE. 3 SANTA ANA  (SEGUNDO PISO) - SANTA ANA - LA CONVENCION - CUSCO</t>
@@ -1190,50 +1196,53 @@
   <si>
     <t>HOTELES Y TURISMO ABANCAY E I R LTDA</t>
   </si>
   <si>
     <t>AV. DIAZ BARCENAS NRO. 500 CERCADO - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>HUAMAN TAYPE AVELINA</t>
   </si>
   <si>
     <t>HUAMANI CRIOLLO ELISEO</t>
   </si>
   <si>
     <t>HUGO RAUL DAMIAN FERRO</t>
   </si>
   <si>
     <t>HUILLCA MONTES Y ASOCIADOS SOCIEDAD CIVIL</t>
   </si>
   <si>
     <t>NRO. S/N B. PATRON SANTIAGO  (FTE AL LOCAL DEL JUEZ DE PAZ) - CHALLHUAHUACHO - COTABAMBAS - APURIMAC</t>
   </si>
   <si>
     <t>HUILLCAHUA ZAVALA NICOLAS</t>
   </si>
   <si>
+    <t>HURTADO SALAS EDMUNDO</t>
+  </si>
+  <si>
     <t>I . E. LA VICTORIA SECUNDARIA</t>
   </si>
   <si>
     <t>I E 55033 LA VICTORIA  ABANCAY</t>
   </si>
   <si>
     <t>I,E, FRANCISCO BOLOGNESI</t>
   </si>
   <si>
     <t>I,E,I.INICIAL 122 PICHIHUA</t>
   </si>
   <si>
     <t>PICHIHUA</t>
   </si>
   <si>
     <t>I. E, INDUSTRIAL</t>
   </si>
   <si>
     <t>I. E. ANTONIO JOSE DE SUCRE PICHIRHUA</t>
   </si>
   <si>
     <t>PICHIRHUA</t>
   </si>
   <si>
     <t>I. E. ESTHER ROBERTE GAMERO</t>
@@ -2147,57 +2156,57 @@
   <si>
     <t>AV. CAMINO REAL NRO. 108 DPTO. A602 RES.  CAMINO REAL II  (FRENTE A SANTA URSULA) - CUSCO - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>PROEDIFICA INGENIERIA Y CONSTRUCCIÃN S.R.L</t>
   </si>
   <si>
     <t>AV. CONDEBAMBA NRO. 222 URB.  CONDEBAMBA - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>PROGRAMA DE COMPENSACIONES PARA LA COMPETITIVIDAD</t>
   </si>
   <si>
     <t>CAL.CORONEL ODRIOZOLA NRO. 171 URB.  ORRANTIA - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>PROYECTOS E INVERSIONES ZSC S.A.C</t>
   </si>
   <si>
     <t>CAL.1 MZA. C2 LOTE. 1 A.H.  SEÃOR DE LUREN  (A MEDIA CUADRA DE INABIF NIÃO JESUSITO) - SAN JUAN DE LURIGANCHO - LIMA - LIMA</t>
   </si>
   <si>
     <t>PUESTO DE SALUD SAN MARTIN</t>
   </si>
   <si>
+    <t>00046512</t>
+  </si>
+  <si>
     <t>00000214</t>
   </si>
   <si>
     <t>SAN MARTIN ABANCAY APURIMAC</t>
-  </si>
-[...1 lines deleted...]
-    <t>00046512</t>
   </si>
   <si>
     <t>PUESTO DE SALUD SANMARTIN</t>
   </si>
   <si>
     <t>00000125</t>
   </si>
   <si>
     <t>PUESTO DE SALUD SOCCO</t>
   </si>
   <si>
     <t>PUGA ORDOÃEZ BRYAN BRUCE</t>
   </si>
   <si>
     <t>QUINTANA CALLA EDGAR</t>
   </si>
   <si>
     <t>QUINTANA CAMERO LIZ MIRIAM</t>
   </si>
   <si>
     <t>QUISPE ARCE FRANK JHOSEP</t>
   </si>
   <si>
     <t>QUISPE RAYME EDITH MARISOL</t>
   </si>
@@ -3117,54 +3126,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H649"/>
+  <dimension ref="A1:H651"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H649" sqref="H649"/>
+      <selection activeCell="H651" sqref="H651"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="100" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
@@ -3655,13149 +3664,13193 @@
         <v>39</v>
       </c>
       <c r="C25" s="3">
         <v>20608346211</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C26" s="3">
-        <v>20613957406</v>
+        <v>20490518674</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C27" s="3">
-        <v>31022798</v>
+        <v>20613957406</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E27" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>44</v>
+      </c>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="C28" s="3" t="s">
         <v>45</v>
+      </c>
+      <c r="C28" s="3">
+        <v>31022798</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="C29" s="3">
-        <v>10448419164</v>
+      <c r="C29" s="3" t="s">
+        <v>47</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C30" s="3">
-        <v>10479610946</v>
+        <v>10448419164</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C31" s="3">
-        <v>20610387668</v>
+        <v>10479610946</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="3">
-        <v>20613553062</v>
+        <v>20610387668</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="3">
-        <v>20554332677</v>
+        <v>20613553062</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="3">
-        <v>20490907140</v>
+        <v>20554332677</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="3">
-        <v>20600357540</v>
+        <v>20490907140</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="3">
-        <v>20602382622</v>
+        <v>20600357540</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="3">
-        <v>20526901615</v>
+        <v>20602382622</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="3">
-        <v>20490517431</v>
+        <v>20526901615</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="3">
-        <v>20490736400</v>
+        <v>20490517431</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C40" s="3">
-        <v>20611401192</v>
+        <v>20490736400</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C41" s="3">
-        <v>20611080736</v>
+        <v>20611401192</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C42" s="3">
-        <v>78151020</v>
+        <v>20611080736</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E42" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>71</v>
+      </c>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C43" s="3">
-        <v>20527141509</v>
+        <v>78151020</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C44" s="3">
-        <v>20202020</v>
+        <v>20527141509</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C45" s="3">
-        <v>20503808405</v>
+        <v>20202020</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C46" s="3">
-        <v>15234122</v>
+        <v>20503808405</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E46" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>78</v>
+      </c>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C47" s="3">
-        <v>10311241899</v>
+        <v>15234122</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C48" s="3">
-        <v>20603205970</v>
+        <v>10311241899</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C49" s="3">
-        <v>20520711865</v>
+        <v>20603205970</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>82</v>
       </c>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C50" s="3">
-        <v>10407577782</v>
+        <v>20520711865</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C51" s="3">
-        <v>20601086752</v>
+        <v>10407577782</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C52" s="3">
-        <v>10416214731</v>
+        <v>20601086752</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C53" s="3">
-        <v>15526975143</v>
+        <v>10416214731</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C54" s="3">
-        <v>10098566576</v>
+        <v>15526975143</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C55" s="3">
-        <v>31022876</v>
+        <v>10098566576</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E55" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C56" s="3">
-        <v>10060009835</v>
+        <v>31022876</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C57" s="3">
-        <v>20601277272</v>
+        <v>10060009835</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C58" s="3">
-        <v>20603956924</v>
+        <v>20601277272</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C59" s="3">
-        <v>31001569</v>
+        <v>20603956924</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E59" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>96</v>
+      </c>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C60" s="3">
-        <v>20548074810</v>
+        <v>31001569</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E60" s="3"/>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
       <c r="H60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C61" s="3">
-        <v>45668239</v>
+        <v>20548074810</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E61" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>99</v>
+      </c>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C62" s="3">
-        <v>20433270461</v>
+        <v>45668239</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E62" s="3"/>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
       <c r="H62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C63" s="3">
-        <v>10413203177</v>
+        <v>20433270461</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C64" s="3">
-        <v>10310450290</v>
+        <v>10413203177</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
       <c r="H64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C65" s="3">
-        <v>31024262</v>
+        <v>10310450290</v>
       </c>
       <c r="D65" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E65" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C66" s="3">
-        <v>20114839176</v>
+        <v>31024262</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C67" s="3">
-        <v>10437930690</v>
+        <v>20114839176</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>13</v>
+        <v>107</v>
       </c>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C68" s="3">
-        <v>10249994702</v>
+        <v>10437930690</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C69" s="3">
-        <v>10474897473</v>
+        <v>10249994702</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C70" s="3">
-        <v>41446610</v>
+        <v>10474897473</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E70" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F70" s="3"/>
       <c r="G70" s="3"/>
       <c r="H70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C71" s="3">
-        <v>70930053</v>
+        <v>41446610</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C72" s="3">
-        <v>25087810</v>
+        <v>70930053</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C73" s="3">
-        <v>31011282</v>
+        <v>25087810</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C74" s="3">
-        <v>20610766588</v>
+        <v>31011282</v>
       </c>
       <c r="D74" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C75" s="3">
-        <v>10087421428</v>
+        <v>20610766588</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>13</v>
+        <v>116</v>
       </c>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C76" s="3">
-        <v>10437692195</v>
+        <v>10087421428</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C77" s="3">
-        <v>10429703684</v>
+        <v>10437692195</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C78" s="3">
-        <v>10413954113</v>
+        <v>10429703684</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3"/>
       <c r="G78" s="3"/>
       <c r="H78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C79" s="3">
-        <v>10461363143</v>
+        <v>10413954113</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C80" s="3">
-        <v>10310108630</v>
+        <v>10461363143</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C81" s="3">
-        <v>10476279823</v>
+        <v>10310108630</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C82" s="3">
-        <v>20607978914</v>
+        <v>10476279823</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>123</v>
+        <v>13</v>
       </c>
       <c r="F82" s="3"/>
       <c r="G82" s="3"/>
       <c r="H82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C83" s="3">
-        <v>95163143</v>
+        <v>20607978914</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C84" s="3">
-        <v>23990134</v>
+        <v>95163143</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E84" s="3"/>
+      <c r="E84" s="3" t="s">
+        <v>127</v>
+      </c>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C85" s="3">
-        <v>20609420333</v>
+        <v>23990134</v>
       </c>
       <c r="D85" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E85" s="3"/>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C86" s="3">
-        <v>10310150636</v>
+        <v>20609420333</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>13</v>
+        <v>130</v>
       </c>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C87" s="3">
-        <v>20600977661</v>
+        <v>10310150636</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>131</v>
+        <v>13</v>
       </c>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
       <c r="H87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C88" s="3">
-        <v>31038519</v>
+        <v>20600977661</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E88" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>133</v>
+      </c>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C89" s="3">
-        <v>43904339</v>
+        <v>31038519</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C90" s="3">
-        <v>80154827</v>
+        <v>43904339</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C91" s="3">
-        <v>45321084</v>
+        <v>80154827</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C92" s="3">
-        <v>20601437300</v>
+        <v>45321084</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E92" s="3"/>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C93" s="3">
-        <v>25424315</v>
+        <v>20601437300</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E93" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>139</v>
+      </c>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C94" s="3">
-        <v>70779393</v>
+        <v>25424315</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E94" s="3"/>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
       <c r="H94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C95" s="3">
-        <v>45646451</v>
+        <v>70779393</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E95" s="3"/>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
       <c r="H95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C96" s="3">
-        <v>20203344</v>
+        <v>45646451</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C97" s="3">
-        <v>20603416415</v>
+        <v>20203344</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E97" s="3"/>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C98" s="3">
-        <v>31033330</v>
+        <v>20603416415</v>
       </c>
       <c r="D98" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E98" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>145</v>
+      </c>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
       <c r="H98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C99" s="3">
-        <v>20491097338</v>
+        <v>31033330</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E99" s="3"/>
       <c r="F99" s="3"/>
       <c r="G99" s="3"/>
       <c r="H99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C100" s="3">
-        <v>20490467158</v>
+        <v>20491097338</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>148</v>
       </c>
       <c r="F100" s="3"/>
       <c r="G100" s="3"/>
       <c r="H100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C101" s="3">
-        <v>10489365869</v>
+        <v>20490467158</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>13</v>
+        <v>150</v>
       </c>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="C102" s="3" t="s">
         <v>151</v>
       </c>
+      <c r="C102" s="3">
+        <v>10489365869</v>
+      </c>
       <c r="D102" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E102" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F102" s="3"/>
       <c r="G102" s="3"/>
       <c r="H102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="C103" s="3">
-        <v>20450532372</v>
+      <c r="C103" s="3" t="s">
+        <v>153</v>
       </c>
       <c r="D103" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C104" s="3">
-        <v>20615028127</v>
+        <v>20450532372</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>155</v>
       </c>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C105" s="3">
-        <v>20613622081</v>
+        <v>20615028127</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>157</v>
       </c>
       <c r="F105" s="3"/>
       <c r="G105" s="3"/>
       <c r="H105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C106" s="3">
-        <v>31031100</v>
+        <v>20613622081</v>
       </c>
       <c r="D106" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E106" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>159</v>
+      </c>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C107" s="3">
-        <v>20601911184</v>
+        <v>31031100</v>
       </c>
       <c r="D107" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E107" s="3"/>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C108" s="3">
-        <v>20614750961</v>
+        <v>20601911184</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>162</v>
       </c>
       <c r="F108" s="3"/>
       <c r="G108" s="3"/>
       <c r="H108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C109" s="3">
-        <v>44425144</v>
+        <v>20614750961</v>
       </c>
       <c r="D109" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E109" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>164</v>
+      </c>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C110" s="3">
-        <v>21405444</v>
+        <v>44425144</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E110" s="3"/>
       <c r="F110" s="3"/>
       <c r="G110" s="3"/>
       <c r="H110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C111" s="3">
-        <v>20600962796</v>
+        <v>21405444</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E111" s="3"/>
       <c r="F111" s="3"/>
       <c r="G111" s="3"/>
       <c r="H111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C112" s="3">
-        <v>20609648610</v>
+        <v>20600962796</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>168</v>
       </c>
       <c r="F112" s="3"/>
       <c r="G112" s="3"/>
       <c r="H112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C113" s="3">
-        <v>20609171376</v>
+        <v>20609648610</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>170</v>
       </c>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
       <c r="H113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C114" s="3">
-        <v>20610578536</v>
+        <v>20609171376</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
       <c r="H114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C115" s="3">
-        <v>20603980540</v>
+        <v>20610578536</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>174</v>
       </c>
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
       <c r="H115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C116" s="3">
-        <v>20609428342</v>
+        <v>20603980540</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>176</v>
       </c>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C117" s="3">
-        <v>20601720486</v>
+        <v>20609428342</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
       <c r="H117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C118" s="3">
-        <v>20528078088</v>
+        <v>20601720486</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C119" s="3">
-        <v>20408319081</v>
+        <v>20528078088</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>182</v>
       </c>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C120" s="3">
-        <v>20610328955</v>
+        <v>20408319081</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>184</v>
       </c>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
       <c r="H120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C121" s="3">
-        <v>20605878696</v>
+        <v>20610328955</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>186</v>
       </c>
       <c r="F121" s="3"/>
       <c r="G121" s="3"/>
       <c r="H121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C122" s="3">
-        <v>20490325957</v>
+        <v>20605878696</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
       <c r="H122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C123" s="3">
-        <v>20607933376</v>
+        <v>20490325957</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>190</v>
       </c>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
       <c r="H123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C124" s="3">
-        <v>20490864661</v>
+        <v>20607933376</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>192</v>
       </c>
       <c r="F124" s="3"/>
       <c r="G124" s="3"/>
       <c r="H124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C125" s="3">
-        <v>20526918429</v>
+        <v>20490864661</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>194</v>
       </c>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C126" s="3">
-        <v>10310142340</v>
+        <v>20526918429</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>13</v>
+        <v>196</v>
       </c>
       <c r="F126" s="3"/>
       <c r="G126" s="3"/>
       <c r="H126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C127" s="3">
-        <v>20609980487</v>
+        <v>10310142340</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
       <c r="F127" s="3"/>
       <c r="G127" s="3"/>
       <c r="H127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C128" s="3">
-        <v>20611547448</v>
+        <v>20609980487</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>199</v>
       </c>
       <c r="F128" s="3"/>
       <c r="G128" s="3"/>
       <c r="H128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C129" s="3">
-        <v>20611136863</v>
+        <v>20611547448</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>201</v>
       </c>
       <c r="F129" s="3"/>
       <c r="G129" s="3"/>
       <c r="H129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C130" s="3">
-        <v>20488052722</v>
+        <v>20611136863</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F130" s="3"/>
       <c r="G130" s="3"/>
       <c r="H130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C131" s="3">
-        <v>20491001675</v>
+        <v>20488052722</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>205</v>
       </c>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C132" s="3">
-        <v>20602073271</v>
+        <v>20491001675</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>207</v>
       </c>
       <c r="F132" s="3"/>
       <c r="G132" s="3"/>
       <c r="H132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C133" s="3">
-        <v>71810862</v>
+        <v>20602073271</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E133" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>209</v>
+      </c>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C134" s="3">
-        <v>72223584</v>
+        <v>71810862</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E134" s="3"/>
       <c r="F134" s="3"/>
       <c r="G134" s="3"/>
       <c r="H134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C135" s="3">
-        <v>47876473</v>
+        <v>72223584</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E135" s="3"/>
       <c r="F135" s="3"/>
       <c r="G135" s="3"/>
       <c r="H135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C136" s="3">
-        <v>31043433</v>
+        <v>47876473</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E136" s="3"/>
       <c r="F136" s="3"/>
       <c r="G136" s="3"/>
       <c r="H136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C137" s="3">
-        <v>20527412031</v>
+        <v>31043433</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E137" s="3"/>
       <c r="F137" s="3"/>
       <c r="G137" s="3"/>
       <c r="H137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C138" s="3">
-        <v>10310206721</v>
+        <v>20527412031</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>13</v>
+        <v>215</v>
       </c>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C139" s="3">
-        <v>20609109531</v>
+        <v>10310206721</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>216</v>
+        <v>13</v>
       </c>
       <c r="F139" s="3"/>
       <c r="G139" s="3"/>
       <c r="H139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C140" s="3">
-        <v>77065856</v>
+        <v>20609109531</v>
       </c>
       <c r="D140" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E140" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>218</v>
+      </c>
       <c r="F140" s="3"/>
       <c r="G140" s="3"/>
       <c r="H140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C141" s="3">
-        <v>20611516151</v>
+        <v>77065856</v>
       </c>
       <c r="D141" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E141" s="3"/>
       <c r="F141" s="3"/>
       <c r="G141" s="3"/>
       <c r="H141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C142" s="3">
-        <v>20523196848</v>
+        <v>20611516151</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>221</v>
       </c>
       <c r="F142" s="3"/>
       <c r="G142" s="3"/>
       <c r="H142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C143" s="3">
-        <v>31032346</v>
+        <v>20523196848</v>
       </c>
       <c r="D143" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E143" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>223</v>
+      </c>
       <c r="F143" s="3"/>
       <c r="G143" s="3"/>
       <c r="H143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C144" s="3">
-        <v>43761438</v>
+        <v>31032346</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C145" s="3">
-        <v>31004940</v>
+        <v>43761438</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E145" s="3"/>
       <c r="F145" s="3"/>
       <c r="G145" s="3"/>
       <c r="H145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C146" s="3">
-        <v>20527420726</v>
+        <v>31004940</v>
       </c>
       <c r="D146" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E146" s="3"/>
       <c r="F146" s="3"/>
       <c r="G146" s="3"/>
       <c r="H146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C147" s="3">
-        <v>70792830</v>
+        <v>20527420726</v>
       </c>
       <c r="D147" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E147" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>228</v>
+      </c>
       <c r="F147" s="3"/>
       <c r="G147" s="3"/>
       <c r="H147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C148" s="3">
-        <v>31004911</v>
+        <v>70792830</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E148" s="3"/>
       <c r="F148" s="3"/>
       <c r="G148" s="3"/>
       <c r="H148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C149" s="3">
-        <v>42250757</v>
+        <v>31004911</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C150" s="3">
-        <v>41031123</v>
+        <v>42250757</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E150" s="3"/>
       <c r="F150" s="3"/>
       <c r="G150" s="3"/>
       <c r="H150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C151" s="3">
-        <v>42344393</v>
+        <v>41031123</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E151" s="3"/>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C152" s="3">
-        <v>20509675491</v>
+        <v>42344393</v>
       </c>
       <c r="D152" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E152" s="3"/>
       <c r="F152" s="3"/>
       <c r="G152" s="3"/>
       <c r="H152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C153" s="3">
-        <v>70060300</v>
+        <v>20509675491</v>
       </c>
       <c r="D153" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E153" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>235</v>
+      </c>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
       <c r="H153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="C154" s="3" t="s">
         <v>236</v>
+      </c>
+      <c r="C154" s="3">
+        <v>70060300</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E154" s="3"/>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
       <c r="H154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C155" s="3" t="s">
         <v>238</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E155" s="3"/>
       <c r="F155" s="3"/>
       <c r="G155" s="3"/>
       <c r="H155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="C156" s="3">
-        <v>20365993671</v>
+      <c r="C156" s="3" t="s">
+        <v>240</v>
       </c>
       <c r="D156" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E156" s="3"/>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
       <c r="H156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C157" s="3">
-        <v>31025402</v>
+        <v>20365993671</v>
       </c>
       <c r="D157" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E157" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>242</v>
+      </c>
       <c r="F157" s="3"/>
       <c r="G157" s="3"/>
       <c r="H157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C158" s="3">
-        <v>25698742</v>
+        <v>31025402</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E158" s="3"/>
       <c r="F158" s="3"/>
       <c r="G158" s="3"/>
       <c r="H158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C159" s="3">
-        <v>20564394476</v>
+        <v>25698742</v>
       </c>
       <c r="D159" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E159" s="3"/>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C160" s="3">
-        <v>20611657723</v>
+        <v>20564394476</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>246</v>
       </c>
       <c r="F160" s="3"/>
       <c r="G160" s="3"/>
       <c r="H160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C161" s="3">
-        <v>20527159114</v>
+        <v>20611657723</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>248</v>
       </c>
       <c r="F161" s="3"/>
       <c r="G161" s="3"/>
       <c r="H161" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C162" s="3">
-        <v>31023068</v>
+        <v>20527159114</v>
       </c>
       <c r="D162" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E162" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>250</v>
+      </c>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C163" s="3">
-        <v>31042466</v>
+        <v>31023068</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C164" s="3">
-        <v>40511244</v>
+        <v>31042466</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E164" s="3"/>
       <c r="F164" s="3"/>
       <c r="G164" s="3"/>
       <c r="H164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C165" s="3">
-        <v>20506988153</v>
+        <v>40511244</v>
       </c>
       <c r="D165" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E165" s="3"/>
       <c r="F165" s="3"/>
       <c r="G165" s="3"/>
       <c r="H165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C166" s="3">
-        <v>10310131879</v>
+        <v>20506988153</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>13</v>
+        <v>255</v>
       </c>
       <c r="F166" s="3"/>
       <c r="G166" s="3"/>
       <c r="H166" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C167" s="3">
-        <v>70803679</v>
+        <v>10310131879</v>
       </c>
       <c r="D167" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E167" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C168" s="3">
-        <v>20405574</v>
+        <v>70803679</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E168" s="3"/>
       <c r="F168" s="3"/>
       <c r="G168" s="3"/>
       <c r="H168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C169" s="3">
-        <v>42856362</v>
+        <v>20405574</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E169" s="3"/>
+      <c r="E169" s="3" t="s">
+        <v>259</v>
+      </c>
       <c r="F169" s="3"/>
       <c r="G169" s="3"/>
       <c r="H169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C170" s="3">
-        <v>31011201</v>
+        <v>42856362</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E170" s="3"/>
       <c r="F170" s="3"/>
       <c r="G170" s="3"/>
       <c r="H170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C171" s="3">
-        <v>45462036</v>
+        <v>31011201</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E171" s="3"/>
       <c r="F171" s="3"/>
       <c r="G171" s="3"/>
       <c r="H171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C172" s="3">
-        <v>43809213</v>
+        <v>45462036</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E172" s="3"/>
       <c r="F172" s="3"/>
       <c r="G172" s="3"/>
       <c r="H172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C173" s="3">
-        <v>10812533</v>
+        <v>43809213</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E173" s="3"/>
       <c r="F173" s="3"/>
       <c r="G173" s="3"/>
       <c r="H173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C174" s="3">
-        <v>20177892280</v>
+        <v>10812533</v>
       </c>
       <c r="D174" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E174" s="3"/>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
       <c r="H174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C175" s="3">
-        <v>20116544289</v>
+        <v>20177892280</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E175" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E175" s="3"/>
       <c r="F175" s="3"/>
       <c r="G175" s="3"/>
       <c r="H175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C176" s="3">
-        <v>23919112</v>
+        <v>20116544289</v>
       </c>
       <c r="D176" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E176" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>267</v>
+      </c>
       <c r="F176" s="3"/>
       <c r="G176" s="3"/>
       <c r="H176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C177" s="3">
-        <v>31302058</v>
+        <v>23919112</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E177" s="3"/>
       <c r="F177" s="3"/>
       <c r="G177" s="3"/>
       <c r="H177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C178" s="3">
-        <v>41375550</v>
+        <v>31302058</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E178" s="3"/>
       <c r="F178" s="3"/>
       <c r="G178" s="3"/>
       <c r="H178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C179" s="3">
-        <v>42999970</v>
+        <v>41375550</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E179" s="3"/>
       <c r="F179" s="3"/>
       <c r="G179" s="3"/>
       <c r="H179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="C180" s="3" t="s">
         <v>271</v>
+      </c>
+      <c r="C180" s="3">
+        <v>42999970</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E180" s="3"/>
       <c r="F180" s="3"/>
       <c r="G180" s="3"/>
       <c r="H180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C181" s="3" t="s">
         <v>273</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E181" s="3"/>
       <c r="F181" s="3"/>
       <c r="G181" s="3"/>
       <c r="H181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="C182" s="3">
-        <v>20604124647</v>
+      <c r="C182" s="3" t="s">
+        <v>275</v>
       </c>
       <c r="D182" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E182" s="3"/>
       <c r="F182" s="3"/>
       <c r="G182" s="3"/>
       <c r="H182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C183" s="3">
-        <v>20539758951</v>
+        <v>20604124647</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>277</v>
       </c>
       <c r="F183" s="3"/>
       <c r="G183" s="3"/>
       <c r="H183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C184" s="3">
-        <v>20601210097</v>
+        <v>20539758951</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>279</v>
       </c>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
       <c r="H184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C185" s="3">
-        <v>20527022917</v>
+        <v>20601210097</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>281</v>
       </c>
       <c r="F185" s="3"/>
       <c r="G185" s="3"/>
       <c r="H185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C186" s="3">
-        <v>20563896010</v>
+        <v>20527022917</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>283</v>
       </c>
       <c r="F186" s="3"/>
       <c r="G186" s="3"/>
       <c r="H186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C187" s="3">
-        <v>20614440393</v>
+        <v>20563896010</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F187" s="3"/>
       <c r="G187" s="3"/>
       <c r="H187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C188" s="3">
-        <v>31016522</v>
+        <v>20614440393</v>
       </c>
       <c r="D188" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E188" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>287</v>
+      </c>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
       <c r="H188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C189" s="3">
-        <v>20115425651</v>
+        <v>31016522</v>
       </c>
       <c r="D189" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E189" s="3"/>
       <c r="F189" s="3"/>
       <c r="G189" s="3"/>
       <c r="H189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C190" s="3">
-        <v>20563859246</v>
+        <v>20115425651</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F190" s="3"/>
       <c r="G190" s="3"/>
       <c r="H190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C191" s="3">
-        <v>10427921668</v>
+        <v>20563859246</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>13</v>
+        <v>292</v>
       </c>
       <c r="F191" s="3"/>
       <c r="G191" s="3"/>
       <c r="H191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C192" s="3">
-        <v>10466693354</v>
+        <v>10427921668</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F192" s="3"/>
       <c r="G192" s="3"/>
       <c r="H192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C193" s="3">
-        <v>20450700771</v>
+        <v>10466693354</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>294</v>
+        <v>13</v>
       </c>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="C194" s="3" t="s">
+      <c r="C194" s="3">
+        <v>20450700771</v>
+      </c>
+      <c r="D194" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="D194" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E194" s="3"/>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
       <c r="H194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="C195" s="3">
-        <v>10100584030</v>
+      <c r="C195" s="3" t="s">
+        <v>298</v>
       </c>
       <c r="D195" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E195" s="3"/>
       <c r="F195" s="3"/>
       <c r="G195" s="3"/>
       <c r="H195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C196" s="3">
-        <v>20612009709</v>
+        <v>10100584030</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>299</v>
+        <v>13</v>
       </c>
       <c r="F196" s="3"/>
       <c r="G196" s="3"/>
       <c r="H196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C197" s="3">
-        <v>31037002</v>
+        <v>20612009709</v>
       </c>
       <c r="D197" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E197" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>301</v>
+      </c>
       <c r="F197" s="3"/>
       <c r="G197" s="3"/>
       <c r="H197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C198" s="3">
-        <v>10310206801</v>
+        <v>31037002</v>
       </c>
       <c r="D198" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E198" s="3"/>
       <c r="F198" s="3"/>
       <c r="G198" s="3"/>
       <c r="H198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C199" s="3">
-        <v>77213998</v>
+        <v>10310206801</v>
       </c>
       <c r="D199" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E199" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F199" s="3"/>
       <c r="G199" s="3"/>
       <c r="H199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C200" s="3">
-        <v>31015102</v>
+        <v>77213998</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E200" s="3"/>
       <c r="F200" s="3"/>
       <c r="G200" s="3"/>
       <c r="H200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="C201" s="3" t="s">
         <v>305</v>
+      </c>
+      <c r="C201" s="3">
+        <v>31015102</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E201" s="3"/>
       <c r="F201" s="3"/>
       <c r="G201" s="3"/>
       <c r="H201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="C202" s="3">
-        <v>31026377</v>
+      <c r="C202" s="3" t="s">
+        <v>307</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E202" s="3"/>
       <c r="F202" s="3"/>
       <c r="G202" s="3"/>
       <c r="H202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C203" s="3">
-        <v>31020300</v>
+        <v>31026377</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E203" s="3"/>
       <c r="F203" s="3"/>
       <c r="G203" s="3"/>
       <c r="H203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C204" s="3">
-        <v>20563945169</v>
+        <v>31020300</v>
       </c>
       <c r="D204" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E204" s="3"/>
       <c r="F204" s="3"/>
       <c r="G204" s="3"/>
       <c r="H204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C205" s="3">
-        <v>20609263131</v>
+        <v>20563945169</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>311</v>
       </c>
       <c r="F205" s="3"/>
       <c r="G205" s="3"/>
       <c r="H205" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C206" s="3">
-        <v>20609300834</v>
+        <v>20609263131</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>313</v>
       </c>
       <c r="F206" s="3"/>
       <c r="G206" s="3"/>
       <c r="H206" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C207" s="3">
-        <v>20490400088</v>
+        <v>20609300834</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>315</v>
       </c>
       <c r="F207" s="3"/>
       <c r="G207" s="3"/>
       <c r="H207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C208" s="3">
-        <v>31011717</v>
+        <v>20490400088</v>
       </c>
       <c r="D208" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E208" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>317</v>
+      </c>
       <c r="F208" s="3"/>
       <c r="G208" s="3"/>
       <c r="H208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C209" s="3">
-        <v>23998823</v>
+        <v>31011717</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E209" s="3"/>
       <c r="F209" s="3"/>
       <c r="G209" s="3"/>
       <c r="H209" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C210" s="3">
-        <v>45933898</v>
+        <v>23998823</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E210" s="3"/>
       <c r="F210" s="3"/>
       <c r="G210" s="3"/>
       <c r="H210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C211" s="3">
-        <v>31036717</v>
+        <v>45933898</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E211" s="3"/>
       <c r="F211" s="3"/>
       <c r="G211" s="3"/>
       <c r="H211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C212" s="3">
-        <v>31006064</v>
+        <v>31036717</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E212" s="3"/>
       <c r="F212" s="3"/>
       <c r="G212" s="3"/>
       <c r="H212" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C213" s="3">
-        <v>10310382766</v>
+        <v>31006064</v>
       </c>
       <c r="D213" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E213" s="3"/>
       <c r="F213" s="3"/>
       <c r="G213" s="3"/>
       <c r="H213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C214" s="3">
-        <v>73546262</v>
+        <v>10310382766</v>
       </c>
       <c r="D214" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E214" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F214" s="3"/>
       <c r="G214" s="3"/>
       <c r="H214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C215" s="3">
-        <v>10310202881</v>
+        <v>73546262</v>
       </c>
       <c r="D215" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E215" s="3"/>
       <c r="F215" s="3"/>
       <c r="G215" s="3"/>
       <c r="H215" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C216" s="3">
-        <v>10310442424</v>
+        <v>10310202881</v>
       </c>
       <c r="D216" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F216" s="3"/>
       <c r="G216" s="3"/>
       <c r="H216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C217" s="3">
-        <v>20570606035</v>
+        <v>10310442424</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>326</v>
+        <v>13</v>
       </c>
       <c r="F217" s="3"/>
       <c r="G217" s="3"/>
       <c r="H217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C218" s="3">
-        <v>20601520398</v>
+        <v>20570606035</v>
       </c>
       <c r="D218" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>328</v>
       </c>
       <c r="F218" s="3"/>
       <c r="G218" s="3"/>
       <c r="H218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C219" s="3">
-        <v>20602413544</v>
+        <v>20601520398</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>330</v>
       </c>
       <c r="F219" s="3"/>
       <c r="G219" s="3"/>
       <c r="H219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C220" s="3">
-        <v>20601312361</v>
+        <v>20602413544</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>332</v>
       </c>
       <c r="F220" s="3"/>
       <c r="G220" s="3"/>
       <c r="H220" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C221" s="3">
-        <v>41350764</v>
+        <v>20601312361</v>
       </c>
       <c r="D221" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E221" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>334</v>
+      </c>
       <c r="F221" s="3"/>
       <c r="G221" s="3"/>
       <c r="H221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C222" s="3">
-        <v>21356483</v>
+        <v>41350764</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E222" s="3"/>
       <c r="F222" s="3"/>
       <c r="G222" s="3"/>
       <c r="H222" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C223" s="3">
-        <v>31006243</v>
+        <v>21356483</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E223" s="3"/>
       <c r="F223" s="3"/>
       <c r="G223" s="3"/>
       <c r="H223" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C224" s="3">
-        <v>31031209</v>
+        <v>31006243</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E224" s="3"/>
       <c r="F224" s="3"/>
       <c r="G224" s="3"/>
       <c r="H224" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C225" s="3">
-        <v>35327711</v>
+        <v>31031209</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E225" s="3"/>
       <c r="F225" s="3"/>
       <c r="G225" s="3"/>
       <c r="H225" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C226" s="3">
-        <v>31537233</v>
+        <v>35327711</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E226" s="3"/>
       <c r="F226" s="3"/>
       <c r="G226" s="3"/>
       <c r="H226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C227" s="3">
-        <v>20600618025</v>
+        <v>31537233</v>
       </c>
       <c r="D227" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E227" s="3"/>
       <c r="F227" s="3"/>
       <c r="G227" s="3"/>
       <c r="H227" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C228" s="3">
-        <v>70096767</v>
+        <v>20600618025</v>
       </c>
       <c r="D228" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E228" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>342</v>
+      </c>
       <c r="F228" s="3"/>
       <c r="G228" s="3"/>
       <c r="H228" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C229" s="3">
-        <v>31009273</v>
+        <v>70096767</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E229" s="3"/>
       <c r="F229" s="3"/>
       <c r="G229" s="3"/>
       <c r="H229" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C230" s="3">
-        <v>20527141762</v>
+        <v>31009273</v>
       </c>
       <c r="D230" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E230" s="3"/>
       <c r="F230" s="3"/>
       <c r="G230" s="3"/>
       <c r="H230" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C231" s="3">
-        <v>10313019930</v>
+        <v>20527141762</v>
       </c>
       <c r="D231" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>13</v>
+        <v>346</v>
       </c>
       <c r="F231" s="3"/>
       <c r="G231" s="3"/>
       <c r="H231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C232" s="3">
-        <v>10459068339</v>
+        <v>10313019930</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F232" s="3"/>
       <c r="G232" s="3"/>
       <c r="H232" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C233" s="3">
-        <v>20610136827</v>
+        <v>10459068339</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>348</v>
+        <v>13</v>
       </c>
       <c r="F233" s="3"/>
       <c r="G233" s="3"/>
       <c r="H233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C234" s="3">
-        <v>20607557731</v>
+        <v>20610136827</v>
       </c>
       <c r="D234" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>350</v>
       </c>
       <c r="F234" s="3"/>
       <c r="G234" s="3"/>
       <c r="H234" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C235" s="3">
-        <v>31014649</v>
+        <v>20607557731</v>
       </c>
       <c r="D235" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E235" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>352</v>
+      </c>
       <c r="F235" s="3"/>
       <c r="G235" s="3"/>
       <c r="H235" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C236" s="3">
-        <v>73333733</v>
+        <v>31014649</v>
       </c>
       <c r="D236" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E236" s="3"/>
       <c r="F236" s="3"/>
       <c r="G236" s="3"/>
       <c r="H236" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C237" s="3">
-        <v>20608920391</v>
+        <v>73333733</v>
       </c>
       <c r="D237" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E237" s="3"/>
       <c r="F237" s="3"/>
       <c r="G237" s="3"/>
       <c r="H237" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C238" s="3">
-        <v>20461112227</v>
+        <v>20608920391</v>
       </c>
       <c r="D238" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F238" s="3"/>
       <c r="G238" s="3"/>
       <c r="H238" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C239" s="3">
-        <v>20609247364</v>
+        <v>20461112227</v>
       </c>
       <c r="D239" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>358</v>
       </c>
       <c r="F239" s="3"/>
       <c r="G239" s="3"/>
       <c r="H239" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C240" s="3">
-        <v>20607919365</v>
+        <v>20609247364</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>360</v>
       </c>
       <c r="F240" s="3"/>
       <c r="G240" s="3"/>
       <c r="H240" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C241" s="3">
-        <v>20607993476</v>
+        <v>20607919365</v>
       </c>
       <c r="D241" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>362</v>
       </c>
       <c r="F241" s="3"/>
       <c r="G241" s="3"/>
       <c r="H241" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C242" s="3">
-        <v>20606350466</v>
+        <v>20607993476</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>364</v>
       </c>
       <c r="F242" s="3"/>
       <c r="G242" s="3"/>
       <c r="H242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="C243" s="3" t="s">
+      <c r="C243" s="3">
+        <v>20606350466</v>
+      </c>
+      <c r="D243" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="D243" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E243" s="3"/>
       <c r="F243" s="3"/>
       <c r="G243" s="3"/>
       <c r="H243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="C244" s="3">
-        <v>43816298</v>
+      <c r="C244" s="3" t="s">
+        <v>368</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E244" s="3"/>
       <c r="F244" s="3"/>
       <c r="G244" s="3"/>
       <c r="H244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C245" s="3">
-        <v>10420486061</v>
+        <v>43816298</v>
       </c>
       <c r="D245" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E245" s="3"/>
       <c r="F245" s="3"/>
       <c r="G245" s="3"/>
       <c r="H245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C246" s="3">
-        <v>20601028175</v>
+        <v>10420486061</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>370</v>
+        <v>13</v>
       </c>
       <c r="F246" s="3"/>
       <c r="G246" s="3"/>
       <c r="H246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C247" s="3">
-        <v>23838460</v>
+        <v>20601028175</v>
       </c>
       <c r="D247" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E247" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>372</v>
+      </c>
       <c r="F247" s="3"/>
       <c r="G247" s="3"/>
       <c r="H247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C248" s="3">
-        <v>46688385</v>
+        <v>23838460</v>
       </c>
       <c r="D248" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E248" s="3"/>
       <c r="F248" s="3"/>
       <c r="G248" s="3"/>
       <c r="H248" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C249" s="3">
-        <v>10473424253</v>
+        <v>46688385</v>
       </c>
       <c r="D249" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E249" s="3"/>
       <c r="F249" s="3"/>
       <c r="G249" s="3"/>
       <c r="H249" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C250" s="3">
-        <v>10312201</v>
+        <v>10473424253</v>
       </c>
       <c r="D250" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E250" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E250" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F250" s="3"/>
       <c r="G250" s="3"/>
       <c r="H250" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C251" s="3">
-        <v>10072367371</v>
+        <v>10312201</v>
       </c>
       <c r="D251" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E251" s="3"/>
       <c r="F251" s="3"/>
       <c r="G251" s="3"/>
       <c r="H251" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C252" s="3">
-        <v>46320109</v>
+        <v>10072367371</v>
       </c>
       <c r="D252" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E252" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F252" s="3"/>
       <c r="G252" s="3"/>
       <c r="H252" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C253" s="3">
-        <v>31522403</v>
+        <v>46320109</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E253" s="3"/>
       <c r="F253" s="3"/>
       <c r="G253" s="3"/>
       <c r="H253" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C254" s="3">
-        <v>20609486407</v>
+        <v>31522403</v>
       </c>
       <c r="D254" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E254" s="3"/>
       <c r="F254" s="3"/>
       <c r="G254" s="3"/>
       <c r="H254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C255" s="3">
-        <v>20206666</v>
+        <v>20609486407</v>
       </c>
       <c r="D255" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>381</v>
       </c>
       <c r="F255" s="3"/>
       <c r="G255" s="3"/>
       <c r="H255" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C256" s="3">
-        <v>20527004269</v>
+        <v>20206666</v>
       </c>
       <c r="D256" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>383</v>
       </c>
       <c r="F256" s="3"/>
       <c r="G256" s="3"/>
       <c r="H256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C257" s="3">
-        <v>20232860767</v>
+        <v>20527004269</v>
       </c>
       <c r="D257" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>385</v>
       </c>
       <c r="F257" s="3"/>
       <c r="G257" s="3"/>
       <c r="H257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C258" s="3">
-        <v>10440064898</v>
+        <v>20232860767</v>
       </c>
       <c r="D258" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>13</v>
+        <v>387</v>
       </c>
       <c r="F258" s="3"/>
       <c r="G258" s="3"/>
       <c r="H258" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C259" s="3">
-        <v>10614372341</v>
+        <v>10440064898</v>
       </c>
       <c r="D259" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F259" s="3"/>
       <c r="G259" s="3"/>
       <c r="H259" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C260" s="3">
-        <v>31024249</v>
+        <v>10614372341</v>
       </c>
       <c r="D260" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E260" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F260" s="3"/>
       <c r="G260" s="3"/>
       <c r="H260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C261" s="3">
-        <v>20564115267</v>
+        <v>31024249</v>
       </c>
       <c r="D261" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E261" s="3"/>
       <c r="F261" s="3"/>
       <c r="G261" s="3"/>
       <c r="H261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C262" s="3">
-        <v>10310400756</v>
+        <v>20564115267</v>
       </c>
       <c r="D262" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="F262" s="3"/>
       <c r="G262" s="3"/>
       <c r="H262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C263" s="3">
-        <v>42837007</v>
+        <v>10310400756</v>
       </c>
       <c r="D263" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E263" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F263" s="3"/>
       <c r="G263" s="3"/>
       <c r="H263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C264" s="3">
-        <v>31006676</v>
+        <v>10310342900</v>
       </c>
       <c r="D264" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E264" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F264" s="3"/>
       <c r="G264" s="3"/>
       <c r="H264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C265" s="3">
-        <v>31003460</v>
+        <v>42837007</v>
       </c>
       <c r="D265" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E265" s="3"/>
       <c r="F265" s="3"/>
       <c r="G265" s="3"/>
       <c r="H265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C266" s="3">
-        <v>12200000</v>
+        <v>31006676</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E266" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E266" s="3"/>
       <c r="F266" s="3"/>
       <c r="G266" s="3"/>
       <c r="H266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C267" s="3">
-        <v>31131365</v>
+        <v>31003460</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E267" s="3"/>
       <c r="F267" s="3"/>
       <c r="G267" s="3"/>
       <c r="H267" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C268" s="3">
-        <v>23940252</v>
+        <v>12200000</v>
       </c>
       <c r="D268" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>399</v>
       </c>
       <c r="F268" s="3"/>
       <c r="G268" s="3"/>
       <c r="H268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C269" s="3">
-        <v>31052266</v>
+        <v>31131365</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E269" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E269" s="3"/>
       <c r="F269" s="3"/>
       <c r="G269" s="3"/>
       <c r="H269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="C270" s="3">
+        <v>23940252</v>
+      </c>
+      <c r="D270" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="C270" s="3">
-[...5 lines deleted...]
-      <c r="E270" s="3"/>
       <c r="F270" s="3"/>
       <c r="G270" s="3"/>
       <c r="H270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C271" s="3">
-        <v>31032283</v>
+        <v>31052266</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>404</v>
       </c>
       <c r="F271" s="3"/>
       <c r="G271" s="3"/>
       <c r="H271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C272" s="3">
-        <v>41128736</v>
+        <v>31036910</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E272" s="3"/>
       <c r="F272" s="3"/>
       <c r="G272" s="3"/>
       <c r="H272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C273" s="3">
-        <v>23563245</v>
+        <v>31032283</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E273" s="3"/>
+      <c r="E273" s="3" t="s">
+        <v>407</v>
+      </c>
       <c r="F273" s="3"/>
       <c r="G273" s="3"/>
       <c r="H273" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C274" s="3">
-        <v>54141000</v>
+        <v>41128736</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E274" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E274" s="3"/>
       <c r="F274" s="3"/>
       <c r="G274" s="3"/>
       <c r="H274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C275" s="3">
-        <v>45055404</v>
+        <v>23563245</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E275" s="3"/>
       <c r="F275" s="3"/>
       <c r="G275" s="3"/>
       <c r="H275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C276" s="3">
-        <v>91025252</v>
+        <v>54141000</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E276" s="3"/>
+      <c r="E276" s="3" t="s">
+        <v>411</v>
+      </c>
       <c r="F276" s="3"/>
       <c r="G276" s="3"/>
       <c r="H276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C277" s="3">
-        <v>35011042</v>
+        <v>45055404</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E277" s="3"/>
       <c r="F277" s="3"/>
       <c r="G277" s="3"/>
       <c r="H277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C278" s="3">
         <v>31029404</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E278" s="3"/>
       <c r="F278" s="3"/>
       <c r="G278" s="3"/>
       <c r="H278" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C279" s="3">
-        <v>31005971</v>
+        <v>35011042</v>
       </c>
       <c r="D279" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E279" s="3"/>
       <c r="F279" s="3"/>
       <c r="G279" s="3"/>
       <c r="H279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C280" s="3">
-        <v>33102940</v>
+        <v>91025252</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E280" s="3"/>
       <c r="F280" s="3"/>
       <c r="G280" s="3"/>
       <c r="H280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C281" s="3">
-        <v>30109940</v>
+        <v>33102940</v>
       </c>
       <c r="D281" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E281" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E281" s="3"/>
       <c r="F281" s="3"/>
       <c r="G281" s="3"/>
       <c r="H281" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C282" s="3">
-        <v>20501040</v>
+        <v>30109940</v>
       </c>
       <c r="D282" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E282" s="3"/>
+      <c r="E282" s="3" t="s">
+        <v>415</v>
+      </c>
       <c r="F282" s="3"/>
       <c r="G282" s="3"/>
       <c r="H282" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C283" s="3">
-        <v>16420000</v>
+        <v>31005971</v>
       </c>
       <c r="D283" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E283" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E283" s="3"/>
       <c r="F283" s="3"/>
       <c r="G283" s="3"/>
       <c r="H283" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C284" s="3">
-        <v>54009000</v>
+        <v>20501040</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E284" s="3"/>
       <c r="F284" s="3"/>
       <c r="G284" s="3"/>
       <c r="H284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C285" s="3">
-        <v>44811063</v>
+        <v>16420000</v>
       </c>
       <c r="D285" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E285" s="3"/>
+      <c r="E285" s="3" t="s">
+        <v>418</v>
+      </c>
       <c r="F285" s="3"/>
       <c r="G285" s="3"/>
       <c r="H285" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C286" s="3">
-        <v>23812480</v>
+        <v>54009000</v>
       </c>
       <c r="D286" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E286" s="3"/>
       <c r="F286" s="3"/>
       <c r="G286" s="3"/>
       <c r="H286" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C287" s="3">
-        <v>24512544</v>
+        <v>44811063</v>
       </c>
       <c r="D287" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E287" s="3"/>
       <c r="F287" s="3"/>
       <c r="G287" s="3"/>
       <c r="H287" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C288" s="3">
-        <v>31054212</v>
+        <v>23812480</v>
       </c>
       <c r="D288" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E288" s="3"/>
       <c r="F288" s="3"/>
       <c r="G288" s="3"/>
       <c r="H288" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>421</v>
-[...1 lines deleted...]
-      <c r="C289" s="3" t="s">
         <v>422</v>
+      </c>
+      <c r="C289" s="3">
+        <v>24512544</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E289" s="3"/>
       <c r="F289" s="3"/>
       <c r="G289" s="3"/>
       <c r="H289" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C290" s="3">
-        <v>35478888</v>
+        <v>31054212</v>
       </c>
       <c r="D290" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E290" s="3"/>
       <c r="F290" s="3"/>
       <c r="G290" s="3"/>
       <c r="H290" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="C291" s="3">
-        <v>45822116</v>
+      <c r="C291" s="3" t="s">
+        <v>425</v>
       </c>
       <c r="D291" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E291" s="3"/>
       <c r="F291" s="3"/>
       <c r="G291" s="3"/>
       <c r="H291" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="C292" s="3" t="s">
         <v>426</v>
       </c>
+      <c r="C292" s="3">
+        <v>35478888</v>
+      </c>
       <c r="D292" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E292" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E292" s="3"/>
       <c r="F292" s="3"/>
       <c r="G292" s="3"/>
       <c r="H292" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="C293" s="3">
-        <v>25326525</v>
+        <v>45822116</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E293" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E293" s="3"/>
       <c r="F293" s="3"/>
       <c r="G293" s="3"/>
       <c r="H293" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="C294" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="D294" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>430</v>
-      </c>
-[...7 lines deleted...]
-        <v>431</v>
       </c>
       <c r="F294" s="3"/>
       <c r="G294" s="3"/>
       <c r="H294" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="C295" s="3">
+        <v>25326525</v>
+      </c>
+      <c r="D295" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="C295" s="3">
-[...5 lines deleted...]
-      <c r="E295" s="3"/>
       <c r="F295" s="3"/>
       <c r="G295" s="3"/>
       <c r="H295" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C296" s="3">
-        <v>31013784</v>
+        <v>20111157058</v>
       </c>
       <c r="D296" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E296" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>434</v>
+      </c>
       <c r="F296" s="3"/>
       <c r="G296" s="3"/>
       <c r="H296" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C297" s="3">
-        <v>20527722064</v>
+        <v>41001732</v>
       </c>
       <c r="D297" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E297" s="3"/>
       <c r="F297" s="3"/>
       <c r="G297" s="3"/>
       <c r="H297" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>436</v>
       </c>
       <c r="C298" s="3">
-        <v>20392777190</v>
+        <v>31013784</v>
       </c>
       <c r="D298" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E298" s="3"/>
       <c r="F298" s="3"/>
       <c r="G298" s="3"/>
       <c r="H298" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="C299" s="3">
+        <v>20527722064</v>
+      </c>
+      <c r="D299" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>438</v>
-      </c>
-[...7 lines deleted...]
-        <v>439</v>
       </c>
       <c r="F299" s="3"/>
       <c r="G299" s="3"/>
       <c r="H299" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="C300" s="3">
+        <v>20392777190</v>
+      </c>
+      <c r="D300" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>440</v>
-      </c>
-[...7 lines deleted...]
-        <v>441</v>
       </c>
       <c r="F300" s="3"/>
       <c r="G300" s="3"/>
       <c r="H300" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="C301" s="3">
+        <v>20600759478</v>
+      </c>
+      <c r="D301" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="C301" s="3">
-[...5 lines deleted...]
-      <c r="E301" s="3"/>
       <c r="F301" s="3"/>
       <c r="G301" s="3"/>
       <c r="H301" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>443</v>
       </c>
       <c r="C302" s="3">
-        <v>20450534073</v>
+        <v>20603324502</v>
       </c>
       <c r="D302" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>444</v>
       </c>
       <c r="F302" s="3"/>
       <c r="G302" s="3"/>
       <c r="H302" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>445</v>
       </c>
       <c r="C303" s="3">
-        <v>20601809878</v>
+        <v>45433972</v>
       </c>
       <c r="D303" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E303" s="3"/>
       <c r="F303" s="3"/>
       <c r="G303" s="3"/>
       <c r="H303" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="C304" s="3">
+        <v>20450534073</v>
+      </c>
+      <c r="D304" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="C304" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E304" s="3"/>
       <c r="F304" s="3"/>
       <c r="G304" s="3"/>
       <c r="H304" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="C305" s="3">
+        <v>20601809878</v>
+      </c>
+      <c r="D305" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>449</v>
-      </c>
-[...7 lines deleted...]
-        <v>450</v>
       </c>
       <c r="F305" s="3"/>
       <c r="G305" s="3"/>
       <c r="H305" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="C306" s="3" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>31031893</v>
       </c>
       <c r="D306" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E306" s="3"/>
       <c r="F306" s="3"/>
       <c r="G306" s="3"/>
       <c r="H306" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="C307" s="3" t="s">
+      <c r="C307" s="3">
+        <v>20490093568</v>
+      </c>
+      <c r="D307" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="D307" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E307" s="3"/>
       <c r="F307" s="3"/>
       <c r="G307" s="3"/>
       <c r="H307" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="C308" s="3" t="s">
-        <v>455</v>
+      <c r="C308" s="3">
+        <v>31031893</v>
       </c>
       <c r="D308" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E308" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E308" s="3"/>
       <c r="F308" s="3"/>
       <c r="G308" s="3"/>
       <c r="H308" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="C309" s="3" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="D309" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E309" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E309" s="3"/>
       <c r="F309" s="3"/>
       <c r="G309" s="3"/>
       <c r="H309" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>20301053623</v>
+        <v>457</v>
+      </c>
+      <c r="C310" s="3" t="s">
+        <v>458</v>
       </c>
       <c r="D310" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="F310" s="3"/>
       <c r="G310" s="3"/>
       <c r="H310" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="C311" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="D311" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>462</v>
-      </c>
-[...7 lines deleted...]
-        <v>463</v>
       </c>
       <c r="F311" s="3"/>
       <c r="G311" s="3"/>
       <c r="H311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="C312" s="3">
+        <v>20301053623</v>
+      </c>
+      <c r="D312" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>464</v>
-      </c>
-[...7 lines deleted...]
-        <v>465</v>
       </c>
       <c r="F312" s="3"/>
       <c r="G312" s="3"/>
       <c r="H312" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="C313" s="3">
+        <v>20131369981</v>
+      </c>
+      <c r="D313" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>466</v>
-      </c>
-[...7 lines deleted...]
-        <v>467</v>
       </c>
       <c r="F313" s="3"/>
       <c r="G313" s="3"/>
       <c r="H313" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="C314" s="3">
+        <v>20550716675</v>
+      </c>
+      <c r="D314" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>468</v>
-      </c>
-[...7 lines deleted...]
-        <v>469</v>
       </c>
       <c r="F314" s="3"/>
       <c r="G314" s="3"/>
       <c r="H314" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="C315" s="3">
+        <v>20490793624</v>
+      </c>
+      <c r="D315" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>470</v>
-      </c>
-[...7 lines deleted...]
-        <v>471</v>
       </c>
       <c r="F315" s="3"/>
       <c r="G315" s="3"/>
       <c r="H315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="C316" s="3">
+        <v>20563983176</v>
+      </c>
+      <c r="D316" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>472</v>
-      </c>
-[...7 lines deleted...]
-        <v>473</v>
       </c>
       <c r="F316" s="3"/>
       <c r="G316" s="3"/>
       <c r="H316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="C317" s="3">
+        <v>20609962055</v>
+      </c>
+      <c r="D317" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>474</v>
-      </c>
-[...7 lines deleted...]
-        <v>475</v>
       </c>
       <c r="F317" s="3"/>
       <c r="G317" s="3"/>
       <c r="H317" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="C318" s="3">
+        <v>20490098799</v>
+      </c>
+      <c r="D318" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>476</v>
-      </c>
-[...7 lines deleted...]
-        <v>477</v>
       </c>
       <c r="F318" s="3"/>
       <c r="G318" s="3"/>
       <c r="H318" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="C319" s="3">
+        <v>20564288528</v>
+      </c>
+      <c r="D319" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>478</v>
-      </c>
-[...7 lines deleted...]
-        <v>479</v>
       </c>
       <c r="F319" s="3"/>
       <c r="G319" s="3"/>
       <c r="H319" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="C320" s="3">
+        <v>20600154291</v>
+      </c>
+      <c r="D320" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="C320" s="3">
-[...5 lines deleted...]
-      <c r="E320" s="3"/>
       <c r="F320" s="3"/>
       <c r="G320" s="3"/>
       <c r="H320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>481</v>
       </c>
       <c r="C321" s="3">
-        <v>31040648</v>
+        <v>20564271714</v>
       </c>
       <c r="D321" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E321" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>482</v>
+      </c>
       <c r="F321" s="3"/>
       <c r="G321" s="3"/>
       <c r="H321" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C322" s="3">
-        <v>31038530</v>
+        <v>80302108</v>
       </c>
       <c r="D322" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E322" s="3"/>
       <c r="F322" s="3"/>
       <c r="G322" s="3"/>
       <c r="H322" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C323" s="3">
-        <v>31176369</v>
+        <v>31040648</v>
       </c>
       <c r="D323" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E323" s="3"/>
       <c r="F323" s="3"/>
       <c r="G323" s="3"/>
       <c r="H323" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C324" s="3">
-        <v>42370399</v>
+        <v>31038530</v>
       </c>
       <c r="D324" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E324" s="3"/>
       <c r="F324" s="3"/>
       <c r="G324" s="3"/>
       <c r="H324" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C325" s="3">
-        <v>31000579</v>
+        <v>31176369</v>
       </c>
       <c r="D325" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E325" s="3"/>
       <c r="F325" s="3"/>
       <c r="G325" s="3"/>
       <c r="H325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C326" s="3">
-        <v>31053894</v>
+        <v>42370399</v>
       </c>
       <c r="D326" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E326" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E326" s="3"/>
       <c r="F326" s="3"/>
       <c r="G326" s="3"/>
       <c r="H326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C327" s="3">
-        <v>31038329</v>
+        <v>31000579</v>
       </c>
       <c r="D327" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E327" s="3"/>
       <c r="F327" s="3"/>
       <c r="G327" s="3"/>
       <c r="H327" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>489</v>
       </c>
       <c r="C328" s="3">
-        <v>10200003</v>
+        <v>31053894</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E328" s="3"/>
+      <c r="E328" s="3" t="s">
+        <v>490</v>
+      </c>
       <c r="F328" s="3"/>
       <c r="G328" s="3"/>
       <c r="H328" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C329" s="3">
-        <v>31013653</v>
+        <v>31038329</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E329" s="3"/>
       <c r="F329" s="3"/>
       <c r="G329" s="3"/>
       <c r="H329" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C330" s="3">
-        <v>41927921</v>
+        <v>10200003</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E330" s="3"/>
       <c r="F330" s="3"/>
       <c r="G330" s="3"/>
       <c r="H330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C331" s="3">
-        <v>31009496</v>
+        <v>31013653</v>
       </c>
       <c r="D331" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E331" s="3"/>
       <c r="F331" s="3"/>
       <c r="G331" s="3"/>
       <c r="H331" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C332" s="3">
-        <v>46408181</v>
+        <v>41927921</v>
       </c>
       <c r="D332" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E332" s="3"/>
       <c r="F332" s="3"/>
       <c r="G332" s="3"/>
       <c r="H332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C333" s="3">
-        <v>43414281</v>
+        <v>31009496</v>
       </c>
       <c r="D333" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E333" s="3"/>
       <c r="F333" s="3"/>
       <c r="G333" s="3"/>
       <c r="H333" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C334" s="3">
-        <v>70224804</v>
+        <v>46408181</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E334" s="3"/>
       <c r="F334" s="3"/>
       <c r="G334" s="3"/>
       <c r="H334" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C335" s="3">
-        <v>25014035</v>
+        <v>43414281</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E335" s="3"/>
       <c r="F335" s="3"/>
       <c r="G335" s="3"/>
       <c r="H335" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C336" s="3">
-        <v>46081927</v>
+        <v>70224804</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E336" s="3"/>
       <c r="F336" s="3"/>
       <c r="G336" s="3"/>
       <c r="H336" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C337" s="3">
-        <v>41701748</v>
+        <v>25014035</v>
       </c>
       <c r="D337" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E337" s="3"/>
       <c r="F337" s="3"/>
       <c r="G337" s="3"/>
       <c r="H337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C338" s="3">
-        <v>70036140</v>
+        <v>46081927</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E338" s="3"/>
       <c r="F338" s="3"/>
       <c r="G338" s="3"/>
       <c r="H338" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C339" s="3">
-        <v>31002596</v>
+        <v>41701748</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E339" s="3"/>
       <c r="F339" s="3"/>
       <c r="G339" s="3"/>
       <c r="H339" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C340" s="3">
-        <v>45101976</v>
+        <v>70036140</v>
       </c>
       <c r="D340" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E340" s="3"/>
       <c r="F340" s="3"/>
       <c r="G340" s="3"/>
       <c r="H340" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C341" s="3">
-        <v>29677252</v>
+        <v>31002596</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E341" s="3"/>
       <c r="F341" s="3"/>
       <c r="G341" s="3"/>
       <c r="H341" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C342" s="3">
-        <v>31027012</v>
+        <v>45101976</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E342" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E342" s="3"/>
       <c r="F342" s="3"/>
       <c r="G342" s="3"/>
       <c r="H342" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C343" s="3">
-        <v>43658901</v>
+        <v>29677252</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E343" s="3"/>
       <c r="F343" s="3"/>
       <c r="G343" s="3"/>
       <c r="H343" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C344" s="3">
-        <v>42489535</v>
+        <v>31027012</v>
       </c>
       <c r="D344" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E344" s="3"/>
+      <c r="E344" s="3" t="s">
+        <v>418</v>
+      </c>
       <c r="F344" s="3"/>
       <c r="G344" s="3"/>
       <c r="H344" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C345" s="3">
-        <v>47050253</v>
+        <v>43658901</v>
       </c>
       <c r="D345" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E345" s="3"/>
       <c r="F345" s="3"/>
       <c r="G345" s="3"/>
       <c r="H345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C346" s="3">
-        <v>31014930</v>
+        <v>42489535</v>
       </c>
       <c r="D346" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E346" s="3"/>
       <c r="F346" s="3"/>
       <c r="G346" s="3"/>
       <c r="H346" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C347" s="3">
-        <v>41212762</v>
+        <v>47050253</v>
       </c>
       <c r="D347" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E347" s="3"/>
       <c r="F347" s="3"/>
       <c r="G347" s="3"/>
       <c r="H347" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C348" s="3">
-        <v>31001119</v>
+        <v>31014930</v>
       </c>
       <c r="D348" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E348" s="3"/>
       <c r="F348" s="3"/>
       <c r="G348" s="3"/>
       <c r="H348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C349" s="3">
-        <v>20607071978</v>
+        <v>41212762</v>
       </c>
       <c r="D349" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E349" s="3"/>
       <c r="F349" s="3"/>
       <c r="G349" s="3"/>
       <c r="H349" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>512</v>
       </c>
       <c r="C350" s="3">
-        <v>31010514</v>
+        <v>31001119</v>
       </c>
       <c r="D350" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E350" s="3"/>
       <c r="F350" s="3"/>
       <c r="G350" s="3"/>
       <c r="H350" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="C351" s="3" t="s">
+      <c r="C351" s="3">
+        <v>20607071978</v>
+      </c>
+      <c r="D351" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>514</v>
       </c>
-      <c r="D351" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E351" s="3"/>
       <c r="F351" s="3"/>
       <c r="G351" s="3"/>
       <c r="H351" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>515</v>
       </c>
       <c r="C352" s="3">
-        <v>44870026</v>
+        <v>31010514</v>
       </c>
       <c r="D352" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E352" s="3"/>
       <c r="F352" s="3"/>
       <c r="G352" s="3"/>
       <c r="H352" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="C353" s="3">
-        <v>71334042</v>
+      <c r="C353" s="3" t="s">
+        <v>517</v>
       </c>
       <c r="D353" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E353" s="3"/>
       <c r="F353" s="3"/>
       <c r="G353" s="3"/>
       <c r="H353" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>517</v>
-[...1 lines deleted...]
-      <c r="C354" s="3" t="s">
         <v>518</v>
+      </c>
+      <c r="C354" s="3">
+        <v>44870026</v>
       </c>
       <c r="D354" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E354" s="3"/>
       <c r="F354" s="3"/>
       <c r="G354" s="3"/>
       <c r="H354" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>519</v>
       </c>
       <c r="C355" s="3">
-        <v>31012701</v>
+        <v>71334042</v>
       </c>
       <c r="D355" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E355" s="3"/>
       <c r="F355" s="3"/>
       <c r="G355" s="3"/>
       <c r="H355" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="C356" s="3">
-        <v>31024659</v>
+      <c r="C356" s="3" t="s">
+        <v>521</v>
       </c>
       <c r="D356" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E356" s="3"/>
       <c r="F356" s="3"/>
       <c r="G356" s="3"/>
       <c r="H356" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C357" s="3">
-        <v>31008986</v>
+        <v>31012701</v>
       </c>
       <c r="D357" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E357" s="3"/>
       <c r="F357" s="3"/>
       <c r="G357" s="3"/>
       <c r="H357" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C358" s="3">
-        <v>31008552</v>
+        <v>31024659</v>
       </c>
       <c r="D358" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E358" s="3"/>
       <c r="F358" s="3"/>
       <c r="G358" s="3"/>
       <c r="H358" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C359" s="3">
-        <v>31039151</v>
+        <v>31008986</v>
       </c>
       <c r="D359" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E359" s="3"/>
       <c r="F359" s="3"/>
       <c r="G359" s="3"/>
       <c r="H359" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C360" s="3">
-        <v>29278821</v>
+        <v>31008552</v>
       </c>
       <c r="D360" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E360" s="3"/>
       <c r="F360" s="3"/>
       <c r="G360" s="3"/>
       <c r="H360" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C361" s="3">
-        <v>31002598</v>
+        <v>31039151</v>
       </c>
       <c r="D361" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E361" s="3"/>
       <c r="F361" s="3"/>
       <c r="G361" s="3"/>
       <c r="H361" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>526</v>
-[...1 lines deleted...]
-      <c r="C362" s="3" t="s">
         <v>527</v>
+      </c>
+      <c r="C362" s="3">
+        <v>29278821</v>
       </c>
       <c r="D362" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E362" s="3"/>
       <c r="F362" s="3"/>
       <c r="G362" s="3"/>
       <c r="H362" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>528</v>
       </c>
       <c r="C363" s="3">
-        <v>45175820</v>
+        <v>31002598</v>
       </c>
       <c r="D363" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E363" s="3"/>
       <c r="F363" s="3"/>
       <c r="G363" s="3"/>
       <c r="H363" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>529</v>
       </c>
-      <c r="C364" s="3">
-        <v>31036604</v>
+      <c r="C364" s="3" t="s">
+        <v>530</v>
       </c>
       <c r="D364" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E364" s="3"/>
       <c r="F364" s="3"/>
       <c r="G364" s="3"/>
       <c r="H364" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="C365" s="3" t="s">
         <v>531</v>
+      </c>
+      <c r="C365" s="3">
+        <v>45175820</v>
       </c>
       <c r="D365" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E365" s="3"/>
       <c r="F365" s="3"/>
       <c r="G365" s="3"/>
       <c r="H365" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C366" s="3">
-        <v>41955585</v>
+        <v>31036604</v>
       </c>
       <c r="D366" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E366" s="3"/>
       <c r="F366" s="3"/>
       <c r="G366" s="3"/>
       <c r="H366" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="C367" s="3">
-        <v>13298537</v>
+      <c r="C367" s="3" t="s">
+        <v>534</v>
       </c>
       <c r="D367" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E367" s="3"/>
       <c r="F367" s="3"/>
       <c r="G367" s="3"/>
       <c r="H367" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="C368" s="3" t="s">
         <v>535</v>
+      </c>
+      <c r="C368" s="3">
+        <v>41955585</v>
       </c>
       <c r="D368" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E368" s="3"/>
       <c r="F368" s="3"/>
       <c r="G368" s="3"/>
       <c r="H368" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="3">
         <v>367</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>536</v>
       </c>
       <c r="C369" s="3">
-        <v>62077095</v>
+        <v>13298537</v>
       </c>
       <c r="D369" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E369" s="3"/>
       <c r="F369" s="3"/>
       <c r="G369" s="3"/>
       <c r="H369" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="3">
         <v>368</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="C370" s="3">
-        <v>31028832</v>
+      <c r="C370" s="3" t="s">
+        <v>538</v>
       </c>
       <c r="D370" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E370" s="3"/>
       <c r="F370" s="3"/>
       <c r="G370" s="3"/>
       <c r="H370" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C371" s="3">
-        <v>20605156631</v>
+        <v>62077095</v>
       </c>
       <c r="D371" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E371" s="3"/>
       <c r="F371" s="3"/>
       <c r="G371" s="3"/>
       <c r="H371" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>540</v>
       </c>
       <c r="C372" s="3">
-        <v>76960265</v>
+        <v>31028832</v>
       </c>
       <c r="D372" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E372" s="3"/>
       <c r="F372" s="3"/>
       <c r="G372" s="3"/>
       <c r="H372" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C373" s="3">
-        <v>76839516</v>
+        <v>20605156631</v>
       </c>
       <c r="D373" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E373" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>542</v>
+      </c>
       <c r="F373" s="3"/>
       <c r="G373" s="3"/>
       <c r="H373" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C374" s="3">
-        <v>20603412355</v>
+        <v>76960265</v>
       </c>
       <c r="D374" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E374" s="3"/>
       <c r="F374" s="3"/>
       <c r="G374" s="3"/>
       <c r="H374" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>544</v>
       </c>
       <c r="C375" s="3">
-        <v>20603376324</v>
+        <v>76839516</v>
       </c>
       <c r="D375" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E375" s="3"/>
       <c r="F375" s="3"/>
       <c r="G375" s="3"/>
       <c r="H375" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="C376" s="3">
+        <v>20603412355</v>
+      </c>
+      <c r="D376" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>546</v>
       </c>
-      <c r="C376" s="3">
-[...5 lines deleted...]
-      <c r="E376" s="3"/>
       <c r="F376" s="3"/>
       <c r="G376" s="3"/>
       <c r="H376" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C377" s="3">
-        <v>20603969627</v>
+        <v>20603376324</v>
       </c>
       <c r="D377" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E377" s="3" t="s">
         <v>548</v>
       </c>
       <c r="F377" s="3"/>
       <c r="G377" s="3"/>
       <c r="H377" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C378" s="3">
-        <v>10469922176</v>
+        <v>23818863</v>
       </c>
       <c r="D378" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E378" s="3"/>
       <c r="F378" s="3"/>
       <c r="G378" s="3"/>
       <c r="H378" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>550</v>
       </c>
       <c r="C379" s="3">
-        <v>10422418992</v>
+        <v>20603969627</v>
       </c>
       <c r="D379" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>13</v>
+        <v>551</v>
       </c>
       <c r="F379" s="3"/>
       <c r="G379" s="3"/>
       <c r="H379" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C380" s="3">
-        <v>31040304</v>
+        <v>10469922176</v>
       </c>
       <c r="D380" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E380" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F380" s="3"/>
       <c r="G380" s="3"/>
       <c r="H380" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C381" s="3">
-        <v>10659840</v>
+        <v>10422418992</v>
       </c>
       <c r="D381" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E381" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F381" s="3"/>
       <c r="G381" s="3"/>
       <c r="H381" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C382" s="3">
-        <v>41656132</v>
+        <v>31040304</v>
       </c>
       <c r="D382" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E382" s="3"/>
       <c r="F382" s="3"/>
       <c r="G382" s="3"/>
       <c r="H382" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="3">
         <v>381</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C383" s="3">
-        <v>76572783</v>
+        <v>10659840</v>
       </c>
       <c r="D383" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E383" s="3"/>
       <c r="F383" s="3"/>
       <c r="G383" s="3"/>
       <c r="H383" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="3">
         <v>382</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C384" s="3">
-        <v>31004189</v>
+        <v>41656132</v>
       </c>
       <c r="D384" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E384" s="3"/>
       <c r="F384" s="3"/>
       <c r="G384" s="3"/>
       <c r="H384" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="3">
         <v>383</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C385" s="3">
-        <v>20606333219</v>
+        <v>76572783</v>
       </c>
       <c r="D385" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E385" s="3"/>
       <c r="F385" s="3"/>
       <c r="G385" s="3"/>
       <c r="H385" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>558</v>
       </c>
       <c r="C386" s="3">
-        <v>20564334732</v>
+        <v>31004189</v>
       </c>
       <c r="D386" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E386" s="3"/>
       <c r="F386" s="3"/>
       <c r="G386" s="3"/>
       <c r="H386" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="3">
         <v>385</v>
       </c>
       <c r="B387" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="C387" s="3">
+        <v>20606333219</v>
+      </c>
+      <c r="D387" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>560</v>
-      </c>
-[...7 lines deleted...]
-        <v>561</v>
       </c>
       <c r="F387" s="3"/>
       <c r="G387" s="3"/>
       <c r="H387" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="C388" s="3">
+        <v>20564334732</v>
+      </c>
+      <c r="D388" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>562</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F388" s="3"/>
       <c r="G388" s="3"/>
       <c r="H388" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>563</v>
       </c>
       <c r="C389" s="3">
-        <v>31405820</v>
+        <v>20610117474</v>
       </c>
       <c r="D389" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E389" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E389" s="3" t="s">
+        <v>564</v>
+      </c>
       <c r="F389" s="3"/>
       <c r="G389" s="3"/>
       <c r="H389" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C390" s="3">
-        <v>45243354</v>
+        <v>10442777735</v>
       </c>
       <c r="D390" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E390" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E390" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F390" s="3"/>
       <c r="G390" s="3"/>
       <c r="H390" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C391" s="3">
-        <v>70169193</v>
+        <v>31405820</v>
       </c>
       <c r="D391" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E391" s="3"/>
       <c r="F391" s="3"/>
       <c r="G391" s="3"/>
       <c r="H391" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C392" s="3">
-        <v>47043124</v>
+        <v>45243354</v>
       </c>
       <c r="D392" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E392" s="3"/>
       <c r="F392" s="3"/>
       <c r="G392" s="3"/>
       <c r="H392" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C393" s="3">
-        <v>31302021</v>
+        <v>70169193</v>
       </c>
       <c r="D393" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E393" s="3"/>
       <c r="F393" s="3"/>
       <c r="G393" s="3"/>
       <c r="H393" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C394" s="3">
-        <v>42037442</v>
+        <v>47043124</v>
       </c>
       <c r="D394" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E394" s="3"/>
       <c r="F394" s="3"/>
       <c r="G394" s="3"/>
       <c r="H394" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C395" s="3">
-        <v>20609524368</v>
+        <v>31302021</v>
       </c>
       <c r="D395" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E395" s="3"/>
       <c r="F395" s="3"/>
       <c r="G395" s="3"/>
       <c r="H395" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>571</v>
       </c>
       <c r="C396" s="3">
-        <v>73484531</v>
+        <v>42037442</v>
       </c>
       <c r="D396" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E396" s="3"/>
       <c r="F396" s="3"/>
       <c r="G396" s="3"/>
       <c r="H396" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>572</v>
       </c>
       <c r="C397" s="3">
-        <v>42482449</v>
+        <v>20609524368</v>
       </c>
       <c r="D397" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E397" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E397" s="3" t="s">
+        <v>573</v>
+      </c>
       <c r="F397" s="3"/>
       <c r="G397" s="3"/>
       <c r="H397" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C398" s="3">
-        <v>20101298851</v>
+        <v>73484531</v>
       </c>
       <c r="D398" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E398" s="3"/>
       <c r="F398" s="3"/>
       <c r="G398" s="3"/>
       <c r="H398" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>575</v>
       </c>
-      <c r="C399" s="3" t="s">
-        <v>576</v>
+      <c r="C399" s="3">
+        <v>42482449</v>
       </c>
       <c r="D399" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E399" s="3"/>
       <c r="F399" s="3"/>
       <c r="G399" s="3"/>
       <c r="H399" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="C400" s="3">
+        <v>20101298851</v>
+      </c>
+      <c r="D400" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>577</v>
       </c>
-      <c r="C400" s="3">
-[...5 lines deleted...]
-      <c r="E400" s="3"/>
       <c r="F400" s="3"/>
       <c r="G400" s="3"/>
       <c r="H400" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="C401" s="3">
-        <v>40797108</v>
+      <c r="C401" s="3" t="s">
+        <v>579</v>
       </c>
       <c r="D401" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E401" s="3"/>
       <c r="F401" s="3"/>
       <c r="G401" s="3"/>
       <c r="H401" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C402" s="3">
-        <v>31028843</v>
+        <v>40020729</v>
       </c>
       <c r="D402" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E402" s="3"/>
       <c r="F402" s="3"/>
       <c r="G402" s="3"/>
       <c r="H402" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C403" s="3">
-        <v>31038758</v>
+        <v>40797108</v>
       </c>
       <c r="D403" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E403" s="3"/>
       <c r="F403" s="3"/>
       <c r="G403" s="3"/>
       <c r="H403" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="3">
         <v>402</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="C404" s="3" t="s">
         <v>582</v>
+      </c>
+      <c r="C404" s="3">
+        <v>31028843</v>
       </c>
       <c r="D404" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E404" s="3"/>
       <c r="F404" s="3"/>
       <c r="G404" s="3"/>
       <c r="H404" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>583</v>
       </c>
       <c r="C405" s="3">
-        <v>31363942</v>
+        <v>31038758</v>
       </c>
       <c r="D405" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E405" s="3"/>
       <c r="F405" s="3"/>
       <c r="G405" s="3"/>
       <c r="H405" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="3">
         <v>404</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>584</v>
       </c>
-      <c r="C406" s="3">
-        <v>31001167</v>
+      <c r="C406" s="3" t="s">
+        <v>585</v>
       </c>
       <c r="D406" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E406" s="3"/>
       <c r="F406" s="3"/>
       <c r="G406" s="3"/>
       <c r="H406" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="3">
         <v>405</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C407" s="3">
-        <v>31006172</v>
+        <v>31363942</v>
       </c>
       <c r="D407" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E407" s="3"/>
       <c r="F407" s="3"/>
       <c r="G407" s="3"/>
       <c r="H407" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C408" s="3">
-        <v>20051459</v>
+        <v>31001167</v>
       </c>
       <c r="D408" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E408" s="3"/>
       <c r="F408" s="3"/>
       <c r="G408" s="3"/>
       <c r="H408" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C409" s="3">
-        <v>30856384</v>
+        <v>31006172</v>
       </c>
       <c r="D409" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E409" s="3"/>
       <c r="F409" s="3"/>
       <c r="G409" s="3"/>
       <c r="H409" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="3">
         <v>408</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C410" s="3">
-        <v>43866872</v>
+        <v>20051459</v>
       </c>
       <c r="D410" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E410" s="3"/>
       <c r="F410" s="3"/>
       <c r="G410" s="3"/>
       <c r="H410" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="3">
         <v>409</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C411" s="3">
-        <v>47697441</v>
+        <v>30856384</v>
       </c>
       <c r="D411" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E411" s="3"/>
       <c r="F411" s="3"/>
       <c r="G411" s="3"/>
       <c r="H411" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="3">
         <v>410</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C412" s="3">
-        <v>40409723</v>
+        <v>43866872</v>
       </c>
       <c r="D412" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E412" s="3"/>
       <c r="F412" s="3"/>
       <c r="G412" s="3"/>
       <c r="H412" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="3">
         <v>411</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C413" s="3">
-        <v>20601747023</v>
+        <v>47697441</v>
       </c>
       <c r="D413" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E413" s="3"/>
       <c r="F413" s="3"/>
       <c r="G413" s="3"/>
       <c r="H413" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="3">
         <v>412</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>593</v>
       </c>
       <c r="C414" s="3">
-        <v>10310368003</v>
+        <v>40409723</v>
       </c>
       <c r="D414" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E414" s="3"/>
       <c r="F414" s="3"/>
       <c r="G414" s="3"/>
       <c r="H414" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="3">
         <v>413</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>594</v>
       </c>
       <c r="C415" s="3">
-        <v>31030506</v>
+        <v>20601747023</v>
       </c>
       <c r="D415" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E415" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>595</v>
+      </c>
       <c r="F415" s="3"/>
       <c r="G415" s="3"/>
       <c r="H415" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="3">
         <v>414</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C416" s="3">
-        <v>31002033</v>
+        <v>10310368003</v>
       </c>
       <c r="D416" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E416" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F416" s="3"/>
       <c r="G416" s="3"/>
       <c r="H416" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="3">
         <v>415</v>
       </c>
       <c r="B417" s="3" t="s">
-        <v>596</v>
-[...1 lines deleted...]
-      <c r="C417" s="3" t="s">
         <v>597</v>
+      </c>
+      <c r="C417" s="3">
+        <v>31030506</v>
       </c>
       <c r="D417" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E417" s="3"/>
       <c r="F417" s="3"/>
       <c r="G417" s="3"/>
       <c r="H417" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="3">
         <v>416</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>598</v>
       </c>
       <c r="C418" s="3">
-        <v>31038265</v>
+        <v>31002033</v>
       </c>
       <c r="D418" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E418" s="3"/>
       <c r="F418" s="3"/>
       <c r="G418" s="3"/>
       <c r="H418" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="3">
         <v>417</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="C419" s="3">
-        <v>20610820671</v>
+      <c r="C419" s="3" t="s">
+        <v>600</v>
       </c>
       <c r="D419" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E419" s="3"/>
       <c r="F419" s="3"/>
       <c r="G419" s="3"/>
       <c r="H419" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="3">
         <v>418</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>601</v>
       </c>
       <c r="C420" s="3">
-        <v>31005949</v>
+        <v>31038265</v>
       </c>
       <c r="D420" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E420" s="3"/>
       <c r="F420" s="3"/>
       <c r="G420" s="3"/>
       <c r="H420" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="3">
         <v>419</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>602</v>
       </c>
       <c r="C421" s="3">
-        <v>31014761</v>
+        <v>20610820671</v>
       </c>
       <c r="D421" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E421" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>603</v>
+      </c>
       <c r="F421" s="3"/>
       <c r="G421" s="3"/>
       <c r="H421" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="3">
         <v>420</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C422" s="3">
-        <v>20601690790</v>
+        <v>31005949</v>
       </c>
       <c r="D422" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E422" s="3"/>
       <c r="F422" s="3"/>
       <c r="G422" s="3"/>
       <c r="H422" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="3">
         <v>421</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>605</v>
       </c>
       <c r="C423" s="3">
-        <v>10310117175</v>
+        <v>31014761</v>
       </c>
       <c r="D423" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E423" s="3"/>
       <c r="F423" s="3"/>
       <c r="G423" s="3"/>
       <c r="H423" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="3">
         <v>422</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>606</v>
       </c>
       <c r="C424" s="3">
-        <v>31012288</v>
+        <v>20601690790</v>
       </c>
       <c r="D424" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E424" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E424" s="3" t="s">
+        <v>607</v>
+      </c>
       <c r="F424" s="3"/>
       <c r="G424" s="3"/>
       <c r="H424" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="3">
         <v>423</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>607</v>
-[...1 lines deleted...]
-      <c r="C425" s="3" t="s">
         <v>608</v>
       </c>
+      <c r="C425" s="3">
+        <v>10310117175</v>
+      </c>
       <c r="D425" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E425" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E425" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F425" s="3"/>
       <c r="G425" s="3"/>
       <c r="H425" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="3">
         <v>424</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>609</v>
       </c>
       <c r="C426" s="3">
-        <v>10704234282</v>
+        <v>31012288</v>
       </c>
       <c r="D426" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E426" s="3"/>
       <c r="F426" s="3"/>
       <c r="G426" s="3"/>
       <c r="H426" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="3">
         <v>425</v>
       </c>
       <c r="B427" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="C427" s="3">
-        <v>20608170635</v>
+      <c r="C427" s="3" t="s">
+        <v>611</v>
       </c>
       <c r="D427" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E427" s="3"/>
       <c r="F427" s="3"/>
       <c r="G427" s="3"/>
       <c r="H427" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>612</v>
       </c>
       <c r="C428" s="3">
-        <v>20603731108</v>
+        <v>10704234282</v>
       </c>
       <c r="D428" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>613</v>
+        <v>13</v>
       </c>
       <c r="F428" s="3"/>
       <c r="G428" s="3"/>
       <c r="H428" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="3">
         <v>427</v>
       </c>
       <c r="B429" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="C429" s="3">
+        <v>20608170635</v>
+      </c>
+      <c r="D429" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>614</v>
-      </c>
-[...7 lines deleted...]
-        <v>615</v>
       </c>
       <c r="F429" s="3"/>
       <c r="G429" s="3"/>
       <c r="H429" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="3">
         <v>428</v>
       </c>
       <c r="B430" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C430" s="3">
+        <v>20603731108</v>
+      </c>
+      <c r="D430" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E430" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="C430" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E430" s="3"/>
       <c r="F430" s="3"/>
       <c r="G430" s="3"/>
       <c r="H430" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="3">
         <v>429</v>
       </c>
       <c r="B431" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="C431" s="3">
+        <v>20537630222</v>
+      </c>
+      <c r="D431" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E431" s="3" t="s">
         <v>618</v>
-      </c>
-[...7 lines deleted...]
-        <v>619</v>
       </c>
       <c r="F431" s="3"/>
       <c r="G431" s="3"/>
       <c r="H431" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="3">
         <v>430</v>
       </c>
       <c r="B432" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="C432" s="3" t="s">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>48558380</v>
       </c>
       <c r="D432" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E432" s="3"/>
       <c r="F432" s="3"/>
       <c r="G432" s="3"/>
       <c r="H432" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="3">
         <v>431</v>
       </c>
       <c r="B433" s="3" t="s">
         <v>621</v>
       </c>
       <c r="C433" s="3">
-        <v>47095780</v>
+        <v>20601322642</v>
       </c>
       <c r="D433" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E433" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E433" s="3" t="s">
+        <v>622</v>
+      </c>
       <c r="F433" s="3"/>
       <c r="G433" s="3"/>
       <c r="H433" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="3">
         <v>432</v>
       </c>
       <c r="B434" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C434" s="3">
-        <v>80191621</v>
+        <v>48558380</v>
       </c>
       <c r="D434" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E434" s="3"/>
       <c r="F434" s="3"/>
       <c r="G434" s="3"/>
       <c r="H434" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="3">
         <v>433</v>
       </c>
       <c r="B435" s="3" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C435" s="3">
-        <v>10107531624</v>
+        <v>47095780</v>
       </c>
       <c r="D435" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E435" s="3"/>
       <c r="F435" s="3"/>
       <c r="G435" s="3"/>
       <c r="H435" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="3">
         <v>434</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C436" s="3">
-        <v>20609314797</v>
+        <v>80191621</v>
       </c>
       <c r="D436" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E436" s="3"/>
       <c r="F436" s="3"/>
       <c r="G436" s="3"/>
       <c r="H436" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="3">
         <v>435</v>
       </c>
       <c r="B437" s="3" t="s">
         <v>626</v>
       </c>
       <c r="C437" s="3">
-        <v>20606621842</v>
+        <v>10107531624</v>
       </c>
       <c r="D437" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>627</v>
+        <v>13</v>
       </c>
       <c r="F437" s="3"/>
       <c r="G437" s="3"/>
       <c r="H437" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="3">
         <v>436</v>
       </c>
       <c r="B438" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="C438" s="3">
+        <v>20609314797</v>
+      </c>
+      <c r="D438" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>628</v>
-      </c>
-[...7 lines deleted...]
-        <v>629</v>
       </c>
       <c r="F438" s="3"/>
       <c r="G438" s="3"/>
       <c r="H438" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="3">
         <v>437</v>
       </c>
       <c r="B439" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="C439" s="3">
+        <v>20606621842</v>
+      </c>
+      <c r="D439" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>630</v>
-      </c>
-[...7 lines deleted...]
-        <v>631</v>
       </c>
       <c r="F439" s="3"/>
       <c r="G439" s="3"/>
       <c r="H439" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="3">
         <v>438</v>
       </c>
       <c r="B440" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="C440" s="3">
+        <v>20606087731</v>
+      </c>
+      <c r="D440" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>632</v>
-      </c>
-[...7 lines deleted...]
-        <v>633</v>
       </c>
       <c r="F440" s="3"/>
       <c r="G440" s="3"/>
       <c r="H440" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="3">
         <v>439</v>
       </c>
       <c r="B441" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="C441" s="3">
+        <v>20195966649</v>
+      </c>
+      <c r="D441" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>634</v>
-      </c>
-[...7 lines deleted...]
-        <v>635</v>
       </c>
       <c r="F441" s="3"/>
       <c r="G441" s="3"/>
       <c r="H441" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="3">
         <v>440</v>
       </c>
       <c r="B442" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="C442" s="3">
+        <v>20219345004</v>
+      </c>
+      <c r="D442" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>636</v>
-      </c>
-[...7 lines deleted...]
-        <v>637</v>
       </c>
       <c r="F442" s="3"/>
       <c r="G442" s="3"/>
       <c r="H442" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="3">
         <v>441</v>
       </c>
       <c r="B443" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="C443" s="3">
+        <v>20192088772</v>
+      </c>
+      <c r="D443" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E443" s="3" t="s">
         <v>638</v>
-      </c>
-[...7 lines deleted...]
-        <v>639</v>
       </c>
       <c r="F443" s="3"/>
       <c r="G443" s="3"/>
       <c r="H443" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="3">
         <v>442</v>
       </c>
       <c r="B444" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="C444" s="3">
+        <v>24512578</v>
+      </c>
+      <c r="D444" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E444" s="3" t="s">
         <v>640</v>
-      </c>
-[...7 lines deleted...]
-        <v>641</v>
       </c>
       <c r="F444" s="3"/>
       <c r="G444" s="3"/>
       <c r="H444" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="3">
         <v>443</v>
       </c>
       <c r="B445" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="C445" s="3">
+        <v>20148182788</v>
+      </c>
+      <c r="D445" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E445" s="3" t="s">
         <v>642</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F445" s="3"/>
       <c r="G445" s="3"/>
       <c r="H445" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="3">
         <v>444</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>643</v>
       </c>
       <c r="C446" s="3">
-        <v>42029544</v>
+        <v>31025469</v>
       </c>
       <c r="D446" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E446" s="3"/>
+      <c r="E446" s="3" t="s">
+        <v>644</v>
+      </c>
       <c r="F446" s="3"/>
       <c r="G446" s="3"/>
       <c r="H446" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="3">
         <v>445</v>
       </c>
       <c r="B447" s="3" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C447" s="3">
-        <v>31343245</v>
+        <v>10310073232</v>
       </c>
       <c r="D447" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E447" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E447" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F447" s="3"/>
       <c r="G447" s="3"/>
       <c r="H447" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="3">
         <v>446</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C448" s="3">
-        <v>31041494</v>
+        <v>42029544</v>
       </c>
       <c r="D448" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E448" s="3"/>
       <c r="F448" s="3"/>
       <c r="G448" s="3"/>
       <c r="H448" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="3">
         <v>447</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C449" s="3">
-        <v>45437258</v>
+        <v>31343245</v>
       </c>
       <c r="D449" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E449" s="3"/>
       <c r="F449" s="3"/>
       <c r="G449" s="3"/>
       <c r="H449" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="3">
         <v>448</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C450" s="3">
-        <v>31301993</v>
+        <v>31041494</v>
       </c>
       <c r="D450" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E450" s="3"/>
       <c r="F450" s="3"/>
       <c r="G450" s="3"/>
       <c r="H450" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="3">
         <v>449</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C451" s="3">
-        <v>71107263</v>
+        <v>45437258</v>
       </c>
       <c r="D451" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E451" s="3"/>
       <c r="F451" s="3"/>
       <c r="G451" s="3"/>
       <c r="H451" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="3">
         <v>450</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C452" s="3">
-        <v>77040571</v>
+        <v>31301993</v>
       </c>
       <c r="D452" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E452" s="3"/>
       <c r="F452" s="3"/>
       <c r="G452" s="3"/>
       <c r="H452" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="3">
         <v>451</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C453" s="3">
-        <v>31024338</v>
+        <v>71107263</v>
       </c>
       <c r="D453" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E453" s="3"/>
       <c r="F453" s="3"/>
       <c r="G453" s="3"/>
       <c r="H453" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="3">
         <v>452</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C454" s="3">
-        <v>31039726</v>
+        <v>77040571</v>
       </c>
       <c r="D454" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E454" s="3"/>
       <c r="F454" s="3"/>
       <c r="G454" s="3"/>
       <c r="H454" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="3">
         <v>453</v>
       </c>
       <c r="B455" s="3" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C455" s="3">
-        <v>70745684</v>
+        <v>31024338</v>
       </c>
       <c r="D455" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E455" s="3"/>
       <c r="F455" s="3"/>
       <c r="G455" s="3"/>
       <c r="H455" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="3">
         <v>454</v>
       </c>
       <c r="B456" s="3" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C456" s="3">
-        <v>10310023707</v>
+        <v>31039726</v>
       </c>
       <c r="D456" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E456" s="3"/>
       <c r="F456" s="3"/>
       <c r="G456" s="3"/>
       <c r="H456" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="3">
         <v>455</v>
       </c>
       <c r="B457" s="3" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C457" s="3">
-        <v>10422278384</v>
+        <v>70745684</v>
       </c>
       <c r="D457" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E457" s="3"/>
       <c r="F457" s="3"/>
       <c r="G457" s="3"/>
       <c r="H457" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="3">
         <v>456</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>656</v>
       </c>
       <c r="C458" s="3">
-        <v>46130922</v>
+        <v>10310023707</v>
       </c>
       <c r="D458" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E458" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E458" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F458" s="3"/>
       <c r="G458" s="3"/>
       <c r="H458" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="3">
         <v>457</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>657</v>
       </c>
       <c r="C459" s="3">
-        <v>20199911563</v>
+        <v>10422278384</v>
       </c>
       <c r="D459" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E459" s="3" t="s">
         <v>658</v>
       </c>
       <c r="F459" s="3"/>
       <c r="G459" s="3"/>
       <c r="H459" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="3">
         <v>458</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>659</v>
       </c>
       <c r="C460" s="3">
-        <v>10463995066</v>
+        <v>46130922</v>
       </c>
       <c r="D460" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E460" s="3"/>
       <c r="F460" s="3"/>
       <c r="G460" s="3"/>
       <c r="H460" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="3">
         <v>459</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>660</v>
       </c>
       <c r="C461" s="3">
-        <v>10310071949</v>
+        <v>20199911563</v>
       </c>
       <c r="D461" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>13</v>
+        <v>661</v>
       </c>
       <c r="F461" s="3"/>
       <c r="G461" s="3"/>
       <c r="H461" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="3">
         <v>460</v>
       </c>
       <c r="B462" s="3" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C462" s="3">
-        <v>10315442490</v>
+        <v>10463995066</v>
       </c>
       <c r="D462" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E462" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F462" s="3"/>
       <c r="G462" s="3"/>
       <c r="H462" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="3">
         <v>461</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C463" s="3">
-        <v>10442213378</v>
+        <v>10310071949</v>
       </c>
       <c r="D463" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E463" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F463" s="3"/>
       <c r="G463" s="3"/>
       <c r="H463" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="3">
         <v>462</v>
       </c>
       <c r="B464" s="3" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C464" s="3">
-        <v>80072550</v>
+        <v>10315442490</v>
       </c>
       <c r="D464" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E464" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F464" s="3"/>
       <c r="G464" s="3"/>
       <c r="H464" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="3">
         <v>463</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C465" s="3">
-        <v>10310402848</v>
+        <v>10442213378</v>
       </c>
       <c r="D465" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E465" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F465" s="3"/>
       <c r="G465" s="3"/>
       <c r="H465" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="3">
         <v>464</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C466" s="3">
-        <v>42219517</v>
+        <v>80072550</v>
       </c>
       <c r="D466" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E466" s="3"/>
       <c r="F466" s="3"/>
       <c r="G466" s="3"/>
       <c r="H466" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="3">
         <v>465</v>
       </c>
       <c r="B467" s="3" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C467" s="3">
-        <v>42811803</v>
+        <v>10310402848</v>
       </c>
       <c r="D467" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E467" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E467" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F467" s="3"/>
       <c r="G467" s="3"/>
       <c r="H467" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="3">
         <v>466</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C468" s="3">
-        <v>40505562</v>
+        <v>42219517</v>
       </c>
       <c r="D468" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E468" s="3"/>
       <c r="F468" s="3"/>
       <c r="G468" s="3"/>
       <c r="H468" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="3">
         <v>467</v>
       </c>
       <c r="B469" s="3" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C469" s="3">
-        <v>10476604422</v>
+        <v>42811803</v>
       </c>
       <c r="D469" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E469" s="3"/>
       <c r="F469" s="3"/>
       <c r="G469" s="3"/>
       <c r="H469" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="3">
         <v>468</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C470" s="3">
-        <v>41842491</v>
+        <v>40505562</v>
       </c>
       <c r="D470" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E470" s="3"/>
       <c r="F470" s="3"/>
       <c r="G470" s="3"/>
       <c r="H470" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="3">
         <v>469</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C471" s="3">
-        <v>46626691</v>
+        <v>10476604422</v>
       </c>
       <c r="D471" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E471" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E471" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F471" s="3"/>
       <c r="G471" s="3"/>
       <c r="H471" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="3">
         <v>470</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C472" s="3">
-        <v>10310327722</v>
+        <v>41842491</v>
       </c>
       <c r="D472" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E472" s="3"/>
       <c r="F472" s="3"/>
       <c r="G472" s="3"/>
       <c r="H472" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="3">
         <v>471</v>
       </c>
       <c r="B473" s="3" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C473" s="3">
-        <v>10310354355</v>
+        <v>46626691</v>
       </c>
       <c r="D473" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E473" s="3"/>
       <c r="F473" s="3"/>
       <c r="G473" s="3"/>
       <c r="H473" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="3">
         <v>472</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C474" s="3">
-        <v>10462895483</v>
+        <v>10310327722</v>
       </c>
       <c r="D474" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E474" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F474" s="3"/>
       <c r="G474" s="3"/>
       <c r="H474" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="3">
         <v>473</v>
       </c>
       <c r="B475" s="3" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C475" s="3">
-        <v>10400779738</v>
+        <v>10310354355</v>
       </c>
       <c r="D475" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E475" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F475" s="3"/>
       <c r="G475" s="3"/>
       <c r="H475" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="3">
         <v>474</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C476" s="3">
-        <v>40918646</v>
+        <v>10462895483</v>
       </c>
       <c r="D476" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E476" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E476" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F476" s="3"/>
       <c r="G476" s="3"/>
       <c r="H476" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="3">
         <v>475</v>
       </c>
       <c r="B477" s="3" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C477" s="3">
-        <v>72392177</v>
+        <v>10400779738</v>
       </c>
       <c r="D477" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E477" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E477" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F477" s="3"/>
       <c r="G477" s="3"/>
       <c r="H477" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="3">
         <v>476</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C478" s="3">
-        <v>31011438</v>
+        <v>40918646</v>
       </c>
       <c r="D478" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E478" s="3"/>
       <c r="F478" s="3"/>
       <c r="G478" s="3"/>
       <c r="H478" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="3">
         <v>477</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C479" s="3">
-        <v>10452469681</v>
+        <v>72392177</v>
       </c>
       <c r="D479" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E479" s="3"/>
       <c r="F479" s="3"/>
       <c r="G479" s="3"/>
       <c r="H479" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="3">
         <v>478</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C480" s="3">
-        <v>10310084005</v>
+        <v>31011438</v>
       </c>
       <c r="D480" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E480" s="3"/>
       <c r="F480" s="3"/>
       <c r="G480" s="3"/>
       <c r="H480" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="3">
         <v>479</v>
       </c>
       <c r="B481" s="3" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C481" s="3">
-        <v>44843342</v>
+        <v>10452469681</v>
       </c>
       <c r="D481" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E481" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E481" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F481" s="3"/>
       <c r="G481" s="3"/>
       <c r="H481" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="3">
         <v>480</v>
       </c>
       <c r="B482" s="3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C482" s="3">
-        <v>40330747</v>
+        <v>10310084005</v>
       </c>
       <c r="D482" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E482" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E482" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F482" s="3"/>
       <c r="G482" s="3"/>
       <c r="H482" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="3">
         <v>481</v>
       </c>
       <c r="B483" s="3" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C483" s="3">
-        <v>20405060</v>
+        <v>44843342</v>
       </c>
       <c r="D483" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E483" s="3"/>
       <c r="F483" s="3"/>
       <c r="G483" s="3"/>
       <c r="H483" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="3">
         <v>482</v>
       </c>
       <c r="B484" s="3" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C484" s="3">
-        <v>31036671</v>
+        <v>40330747</v>
       </c>
       <c r="D484" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E484" s="3"/>
       <c r="F484" s="3"/>
       <c r="G484" s="3"/>
       <c r="H484" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="3">
         <v>483</v>
       </c>
       <c r="B485" s="3" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C485" s="3">
-        <v>10426767215</v>
+        <v>20405060</v>
       </c>
       <c r="D485" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E485" s="3"/>
       <c r="F485" s="3"/>
       <c r="G485" s="3"/>
       <c r="H485" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="3">
         <v>484</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C486" s="3">
-        <v>10310393644</v>
+        <v>31036671</v>
       </c>
       <c r="D486" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E486" s="3"/>
       <c r="F486" s="3"/>
       <c r="G486" s="3"/>
       <c r="H486" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="3">
         <v>485</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C487" s="3">
-        <v>10238670476</v>
+        <v>10426767215</v>
       </c>
       <c r="D487" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E487" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F487" s="3"/>
       <c r="G487" s="3"/>
       <c r="H487" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="3">
         <v>486</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C488" s="3">
-        <v>10744002228</v>
+        <v>10310393644</v>
       </c>
       <c r="D488" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E488" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F488" s="3"/>
       <c r="G488" s="3"/>
       <c r="H488" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="3">
         <v>487</v>
       </c>
       <c r="B489" s="3" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C489" s="3">
-        <v>25215087</v>
+        <v>10238670476</v>
       </c>
       <c r="D489" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E489" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E489" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F489" s="3"/>
       <c r="G489" s="3"/>
       <c r="H489" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="3">
         <v>488</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C490" s="3">
-        <v>20607131351</v>
+        <v>10744002228</v>
       </c>
       <c r="D490" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>690</v>
+        <v>13</v>
       </c>
       <c r="F490" s="3"/>
       <c r="G490" s="3"/>
       <c r="H490" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="3">
         <v>489</v>
       </c>
       <c r="B491" s="3" t="s">
         <v>691</v>
       </c>
       <c r="C491" s="3">
-        <v>20608427172</v>
+        <v>25215087</v>
       </c>
       <c r="D491" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E491" s="3"/>
       <c r="F491" s="3"/>
       <c r="G491" s="3"/>
       <c r="H491" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="3">
         <v>490</v>
       </c>
       <c r="B492" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="C492" s="3">
+        <v>20607131351</v>
+      </c>
+      <c r="D492" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E492" s="3" t="s">
         <v>693</v>
-      </c>
-[...7 lines deleted...]
-        <v>694</v>
       </c>
       <c r="F492" s="3"/>
       <c r="G492" s="3"/>
       <c r="H492" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="3">
         <v>491</v>
       </c>
       <c r="B493" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="C493" s="3">
+        <v>20608427172</v>
+      </c>
+      <c r="D493" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E493" s="3" t="s">
         <v>695</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F493" s="3"/>
       <c r="G493" s="3"/>
       <c r="H493" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="3">
         <v>492</v>
       </c>
       <c r="B494" s="3" t="s">
         <v>696</v>
       </c>
       <c r="C494" s="3">
-        <v>10310425694</v>
+        <v>40127350</v>
       </c>
       <c r="D494" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>13</v>
+        <v>697</v>
       </c>
       <c r="F494" s="3"/>
       <c r="G494" s="3"/>
       <c r="H494" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="3">
         <v>493</v>
       </c>
       <c r="B495" s="3" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C495" s="3">
-        <v>31024333</v>
+        <v>10718309196</v>
       </c>
       <c r="D495" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E495" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E495" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F495" s="3"/>
       <c r="G495" s="3"/>
       <c r="H495" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="3">
         <v>494</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C496" s="3">
-        <v>31359318</v>
+        <v>10310425694</v>
       </c>
       <c r="D496" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E496" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E496" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F496" s="3"/>
       <c r="G496" s="3"/>
       <c r="H496" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="3">
         <v>495</v>
       </c>
       <c r="B497" s="3" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C497" s="3">
-        <v>20601803501</v>
+        <v>31024333</v>
       </c>
       <c r="D497" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E497" s="3"/>
       <c r="F497" s="3"/>
       <c r="G497" s="3"/>
       <c r="H497" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="3">
         <v>496</v>
       </c>
       <c r="B498" s="3" t="s">
         <v>701</v>
       </c>
       <c r="C498" s="3">
-        <v>44744130</v>
+        <v>31359318</v>
       </c>
       <c r="D498" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E498" s="3"/>
       <c r="F498" s="3"/>
       <c r="G498" s="3"/>
       <c r="H498" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="3">
         <v>497</v>
       </c>
       <c r="B499" s="3" t="s">
         <v>702</v>
       </c>
       <c r="C499" s="3">
-        <v>20399954682</v>
+        <v>20601803501</v>
       </c>
       <c r="D499" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E499" s="3" t="s">
         <v>703</v>
       </c>
       <c r="F499" s="3"/>
       <c r="G499" s="3"/>
       <c r="H499" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="3">
         <v>498</v>
       </c>
       <c r="B500" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C500" s="3">
-        <v>20608944533</v>
+        <v>44744130</v>
       </c>
       <c r="D500" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E500" s="3"/>
       <c r="F500" s="3"/>
       <c r="G500" s="3"/>
       <c r="H500" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="3">
         <v>499</v>
       </c>
       <c r="B501" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="C501" s="3">
+        <v>20399954682</v>
+      </c>
+      <c r="D501" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E501" s="3" t="s">
         <v>706</v>
-      </c>
-[...7 lines deleted...]
-        <v>707</v>
       </c>
       <c r="F501" s="3"/>
       <c r="G501" s="3"/>
       <c r="H501" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="3">
         <v>500</v>
       </c>
       <c r="B502" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C502" s="3">
+        <v>20608944533</v>
+      </c>
+      <c r="D502" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E502" s="3" t="s">
         <v>708</v>
-      </c>
-[...7 lines deleted...]
-        <v>709</v>
       </c>
       <c r="F502" s="3"/>
       <c r="G502" s="3"/>
       <c r="H502" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="3">
         <v>501</v>
       </c>
       <c r="B503" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="C503" s="3">
+        <v>20524605903</v>
+      </c>
+      <c r="D503" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E503" s="3" t="s">
         <v>710</v>
       </c>
-      <c r="C503" s="3">
-[...5 lines deleted...]
-      <c r="E503" s="3"/>
       <c r="F503" s="3"/>
       <c r="G503" s="3"/>
       <c r="H503" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="3">
         <v>502</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="C504" s="3" t="s">
         <v>711</v>
       </c>
+      <c r="C504" s="3">
+        <v>20603716834</v>
+      </c>
       <c r="D504" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E504" s="3" t="s">
         <v>712</v>
       </c>
       <c r="F504" s="3"/>
       <c r="G504" s="3"/>
       <c r="H504" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="3">
         <v>503</v>
       </c>
       <c r="B505" s="3" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="C505" s="3">
         <v>20000982</v>
       </c>
       <c r="D505" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E505" s="3"/>
       <c r="F505" s="3"/>
       <c r="G505" s="3"/>
       <c r="H505" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="3">
         <v>504</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="C506" s="3" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D506" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E506" s="3"/>
       <c r="F506" s="3"/>
       <c r="G506" s="3"/>
       <c r="H506" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="3">
         <v>505</v>
       </c>
       <c r="B507" s="3" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-        <v>715</v>
+        <v>713</v>
+      </c>
+      <c r="C507" s="3">
+        <v>31078560</v>
       </c>
       <c r="D507" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E507" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E507" s="3"/>
       <c r="F507" s="3"/>
       <c r="G507" s="3"/>
       <c r="H507" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="3">
         <v>506</v>
       </c>
       <c r="B508" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="C508" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="D508" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E508" s="3" t="s">
         <v>716</v>
       </c>
-      <c r="C508" s="3">
-[...5 lines deleted...]
-      <c r="E508" s="3"/>
       <c r="F508" s="3"/>
       <c r="G508" s="3"/>
       <c r="H508" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="3">
         <v>507</v>
       </c>
       <c r="B509" s="3" t="s">
         <v>717</v>
       </c>
-      <c r="C509" s="3">
-        <v>10762346562</v>
+      <c r="C509" s="3" t="s">
+        <v>718</v>
       </c>
       <c r="D509" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>13</v>
+        <v>418</v>
       </c>
       <c r="F509" s="3"/>
       <c r="G509" s="3"/>
       <c r="H509" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="3">
         <v>508</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C510" s="3">
-        <v>10806227647</v>
+        <v>42642544</v>
       </c>
       <c r="D510" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E510" s="3"/>
       <c r="F510" s="3"/>
       <c r="G510" s="3"/>
       <c r="H510" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="3">
         <v>509</v>
       </c>
       <c r="B511" s="3" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C511" s="3">
-        <v>10480015083</v>
+        <v>10762346562</v>
       </c>
       <c r="D511" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E511" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F511" s="3"/>
       <c r="G511" s="3"/>
       <c r="H511" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="3">
         <v>510</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C512" s="3">
-        <v>10706708087</v>
+        <v>10806227647</v>
       </c>
       <c r="D512" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E512" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F512" s="3"/>
       <c r="G512" s="3"/>
       <c r="H512" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="3">
         <v>511</v>
       </c>
       <c r="B513" s="3" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C513" s="3">
-        <v>10310437676</v>
+        <v>10480015083</v>
       </c>
       <c r="D513" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E513" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F513" s="3"/>
       <c r="G513" s="3"/>
       <c r="H513" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="3">
         <v>512</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C514" s="3">
-        <v>10425613524</v>
+        <v>10706708087</v>
       </c>
       <c r="D514" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E514" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F514" s="3"/>
       <c r="G514" s="3"/>
       <c r="H514" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="3">
         <v>513</v>
       </c>
       <c r="B515" s="3" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C515" s="3">
-        <v>41202596</v>
+        <v>10310437676</v>
       </c>
       <c r="D515" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E515" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E515" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F515" s="3"/>
       <c r="G515" s="3"/>
       <c r="H515" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="3">
         <v>514</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C516" s="3">
-        <v>10310401434</v>
+        <v>10425613524</v>
       </c>
       <c r="D516" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>725</v>
+        <v>13</v>
       </c>
       <c r="F516" s="3"/>
       <c r="G516" s="3"/>
       <c r="H516" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="3">
         <v>515</v>
       </c>
       <c r="B517" s="3" t="s">
         <v>726</v>
       </c>
       <c r="C517" s="3">
-        <v>42569349</v>
+        <v>41202596</v>
       </c>
       <c r="D517" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E517" s="3"/>
       <c r="F517" s="3"/>
       <c r="G517" s="3"/>
       <c r="H517" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="3">
         <v>516</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>727</v>
       </c>
       <c r="C518" s="3">
-        <v>23845418</v>
+        <v>10310401434</v>
       </c>
       <c r="D518" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E518" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E518" s="3" t="s">
+        <v>728</v>
+      </c>
       <c r="F518" s="3"/>
       <c r="G518" s="3"/>
       <c r="H518" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="3">
         <v>517</v>
       </c>
       <c r="B519" s="3" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C519" s="3">
-        <v>42211987</v>
+        <v>42569349</v>
       </c>
       <c r="D519" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E519" s="3"/>
       <c r="F519" s="3"/>
       <c r="G519" s="3"/>
       <c r="H519" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="3">
         <v>518</v>
       </c>
       <c r="B520" s="3" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C520" s="3">
-        <v>20491009145</v>
+        <v>23845418</v>
       </c>
       <c r="D520" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E520" s="3"/>
       <c r="F520" s="3"/>
       <c r="G520" s="3"/>
       <c r="H520" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="3">
         <v>519</v>
       </c>
       <c r="B521" s="3" t="s">
         <v>731</v>
       </c>
       <c r="C521" s="3">
-        <v>31000384</v>
+        <v>42211987</v>
       </c>
       <c r="D521" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E521" s="3"/>
       <c r="F521" s="3"/>
       <c r="G521" s="3"/>
       <c r="H521" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="3">
         <v>520</v>
       </c>
       <c r="B522" s="3" t="s">
         <v>732</v>
       </c>
       <c r="C522" s="3">
-        <v>20606055952</v>
+        <v>20491009145</v>
       </c>
       <c r="D522" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E522" s="3" t="s">
         <v>733</v>
       </c>
       <c r="F522" s="3"/>
       <c r="G522" s="3"/>
       <c r="H522" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="3">
         <v>521</v>
       </c>
       <c r="B523" s="3" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C523" s="3">
-        <v>20606055952</v>
+        <v>31000384</v>
       </c>
       <c r="D523" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E523" s="3"/>
       <c r="F523" s="3"/>
       <c r="G523" s="3"/>
       <c r="H523" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="3">
         <v>522</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C524" s="3">
-        <v>20602001602</v>
+        <v>20606055952</v>
       </c>
       <c r="D524" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E524" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E524" s="3"/>
       <c r="F524" s="3"/>
       <c r="G524" s="3"/>
       <c r="H524" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="3">
         <v>523</v>
       </c>
       <c r="B525" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="C525" s="3">
+        <v>20606055952</v>
+      </c>
+      <c r="D525" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E525" s="3" t="s">
         <v>736</v>
       </c>
-      <c r="C525" s="3">
-[...5 lines deleted...]
-      <c r="E525" s="3"/>
       <c r="F525" s="3"/>
       <c r="G525" s="3"/>
       <c r="H525" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="3">
         <v>524</v>
       </c>
       <c r="B526" s="3" t="s">
         <v>737</v>
       </c>
       <c r="C526" s="3">
-        <v>73064522</v>
+        <v>20602001602</v>
       </c>
       <c r="D526" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E526" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E526" s="3" t="s">
+        <v>738</v>
+      </c>
       <c r="F526" s="3"/>
       <c r="G526" s="3"/>
       <c r="H526" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="3">
         <v>525</v>
       </c>
       <c r="B527" s="3" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C527" s="3">
-        <v>80121701</v>
+        <v>47559774</v>
       </c>
       <c r="D527" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E527" s="3"/>
       <c r="F527" s="3"/>
       <c r="G527" s="3"/>
       <c r="H527" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="3">
         <v>526</v>
       </c>
       <c r="B528" s="3" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C528" s="3">
-        <v>61575213</v>
+        <v>73064522</v>
       </c>
       <c r="D528" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E528" s="3"/>
       <c r="F528" s="3"/>
       <c r="G528" s="3"/>
       <c r="H528" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="3">
         <v>527</v>
       </c>
       <c r="B529" s="3" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C529" s="3">
-        <v>80019514</v>
+        <v>80121701</v>
       </c>
       <c r="D529" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E529" s="3"/>
       <c r="F529" s="3"/>
       <c r="G529" s="3"/>
       <c r="H529" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="3">
         <v>528</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C530" s="3">
-        <v>10076423283</v>
+        <v>61575213</v>
       </c>
       <c r="D530" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E530" s="3"/>
       <c r="F530" s="3"/>
       <c r="G530" s="3"/>
       <c r="H530" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="3">
         <v>529</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C531" s="3">
-        <v>10069383918</v>
+        <v>80019514</v>
       </c>
       <c r="D531" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E531" s="3"/>
       <c r="F531" s="3"/>
       <c r="G531" s="3"/>
       <c r="H531" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="3">
         <v>530</v>
       </c>
       <c r="B532" s="3" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C532" s="3">
-        <v>20490893254</v>
+        <v>10076423283</v>
       </c>
       <c r="D532" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>744</v>
+        <v>13</v>
       </c>
       <c r="F532" s="3"/>
       <c r="G532" s="3"/>
       <c r="H532" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="3">
         <v>531</v>
       </c>
       <c r="B533" s="3" t="s">
         <v>745</v>
       </c>
       <c r="C533" s="3">
-        <v>47589451</v>
+        <v>10069383918</v>
       </c>
       <c r="D533" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E533" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E533" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F533" s="3"/>
       <c r="G533" s="3"/>
       <c r="H533" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="3">
         <v>532</v>
       </c>
       <c r="B534" s="3" t="s">
         <v>746</v>
       </c>
       <c r="C534" s="3">
-        <v>10310045361</v>
+        <v>20490893254</v>
       </c>
       <c r="D534" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>13</v>
+        <v>747</v>
       </c>
       <c r="F534" s="3"/>
       <c r="G534" s="3"/>
       <c r="H534" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="3">
         <v>533</v>
       </c>
       <c r="B535" s="3" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C535" s="3">
-        <v>23982306</v>
+        <v>47589451</v>
       </c>
       <c r="D535" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E535" s="3"/>
       <c r="F535" s="3"/>
       <c r="G535" s="3"/>
       <c r="H535" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="3">
         <v>534</v>
       </c>
       <c r="B536" s="3" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C536" s="3">
-        <v>20601330645</v>
+        <v>10310045361</v>
       </c>
       <c r="D536" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>749</v>
+        <v>13</v>
       </c>
       <c r="F536" s="3"/>
       <c r="G536" s="3"/>
       <c r="H536" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="3">
         <v>535</v>
       </c>
       <c r="B537" s="3" t="s">
         <v>750</v>
       </c>
       <c r="C537" s="3">
-        <v>10310343264</v>
+        <v>23982306</v>
       </c>
       <c r="D537" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E537" s="3"/>
       <c r="F537" s="3"/>
       <c r="G537" s="3"/>
       <c r="H537" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="3">
         <v>536</v>
       </c>
       <c r="B538" s="3" t="s">
         <v>751</v>
       </c>
       <c r="C538" s="3">
-        <v>10393253</v>
+        <v>20601330645</v>
       </c>
       <c r="D538" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E538" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E538" s="3" t="s">
+        <v>752</v>
+      </c>
       <c r="F538" s="3"/>
       <c r="G538" s="3"/>
       <c r="H538" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="3">
         <v>537</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C539" s="3">
-        <v>70384190</v>
+        <v>10310343264</v>
       </c>
       <c r="D539" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E539" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E539" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F539" s="3"/>
       <c r="G539" s="3"/>
       <c r="H539" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="3">
         <v>538</v>
       </c>
       <c r="B540" s="3" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C540" s="3">
-        <v>31044116</v>
+        <v>10393253</v>
       </c>
       <c r="D540" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E540" s="3"/>
       <c r="F540" s="3"/>
       <c r="G540" s="3"/>
       <c r="H540" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="3">
         <v>539</v>
       </c>
       <c r="B541" s="3" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C541" s="3">
-        <v>46235610</v>
+        <v>70384190</v>
       </c>
       <c r="D541" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E541" s="3"/>
       <c r="F541" s="3"/>
       <c r="G541" s="3"/>
       <c r="H541" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="3">
         <v>540</v>
       </c>
       <c r="B542" s="3" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C542" s="3">
-        <v>47520454</v>
+        <v>31044116</v>
       </c>
       <c r="D542" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E542" s="3"/>
       <c r="F542" s="3"/>
       <c r="G542" s="3"/>
       <c r="H542" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="3">
         <v>541</v>
       </c>
       <c r="B543" s="3" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C543" s="3">
-        <v>42346405</v>
+        <v>46235610</v>
       </c>
       <c r="D543" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E543" s="3"/>
       <c r="F543" s="3"/>
       <c r="G543" s="3"/>
       <c r="H543" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="3">
         <v>542</v>
       </c>
       <c r="B544" s="3" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C544" s="3">
-        <v>31031133</v>
+        <v>47520454</v>
       </c>
       <c r="D544" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E544" s="3"/>
       <c r="F544" s="3"/>
       <c r="G544" s="3"/>
       <c r="H544" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="3">
         <v>543</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C545" s="3">
-        <v>31029540</v>
+        <v>42346405</v>
       </c>
       <c r="D545" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E545" s="3"/>
       <c r="F545" s="3"/>
       <c r="G545" s="3"/>
       <c r="H545" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="3">
         <v>544</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C546" s="3">
-        <v>31011738</v>
+        <v>31031133</v>
       </c>
       <c r="D546" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E546" s="3"/>
       <c r="F546" s="3"/>
       <c r="G546" s="3"/>
       <c r="H546" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="3">
         <v>545</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C547" s="3">
-        <v>31045349</v>
+        <v>31029540</v>
       </c>
       <c r="D547" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E547" s="3"/>
       <c r="F547" s="3"/>
       <c r="G547" s="3"/>
       <c r="H547" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="3">
         <v>546</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C548" s="3">
-        <v>31084537</v>
+        <v>31011738</v>
       </c>
       <c r="D548" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E548" s="3"/>
       <c r="F548" s="3"/>
       <c r="G548" s="3"/>
       <c r="H548" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="3">
         <v>547</v>
       </c>
       <c r="B549" s="3" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="C549" s="3" t="s">
         <v>763</v>
+      </c>
+      <c r="C549" s="3">
+        <v>31045349</v>
       </c>
       <c r="D549" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E549" s="3"/>
       <c r="F549" s="3"/>
       <c r="G549" s="3"/>
       <c r="H549" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="3">
         <v>548</v>
       </c>
       <c r="B550" s="3" t="s">
         <v>764</v>
       </c>
       <c r="C550" s="3">
-        <v>70425344</v>
+        <v>31084537</v>
       </c>
       <c r="D550" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E550" s="3"/>
       <c r="F550" s="3"/>
       <c r="G550" s="3"/>
       <c r="H550" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="3">
         <v>549</v>
       </c>
       <c r="B551" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="C551" s="3">
-        <v>10310329997</v>
+      <c r="C551" s="3" t="s">
+        <v>766</v>
       </c>
       <c r="D551" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E551" s="3"/>
       <c r="F551" s="3"/>
       <c r="G551" s="3"/>
       <c r="H551" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="3">
         <v>550</v>
       </c>
       <c r="B552" s="3" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C552" s="3">
-        <v>20607415324</v>
+        <v>70425344</v>
       </c>
       <c r="D552" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E552" s="3"/>
       <c r="F552" s="3"/>
       <c r="G552" s="3"/>
       <c r="H552" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="3">
         <v>551</v>
       </c>
       <c r="B553" s="3" t="s">
         <v>768</v>
       </c>
       <c r="C553" s="3">
-        <v>10434717065</v>
+        <v>10310329997</v>
       </c>
       <c r="D553" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E553" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F553" s="3"/>
       <c r="G553" s="3"/>
       <c r="H553" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="3">
         <v>552</v>
       </c>
       <c r="B554" s="3" t="s">
         <v>769</v>
       </c>
       <c r="C554" s="3">
-        <v>10800734512</v>
+        <v>20607415324</v>
       </c>
       <c r="D554" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>13</v>
+        <v>770</v>
       </c>
       <c r="F554" s="3"/>
       <c r="G554" s="3"/>
       <c r="H554" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="3">
         <v>553</v>
       </c>
       <c r="B555" s="3" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C555" s="3">
-        <v>20604497389</v>
+        <v>10434717065</v>
       </c>
       <c r="D555" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>771</v>
+        <v>13</v>
       </c>
       <c r="F555" s="3"/>
       <c r="G555" s="3"/>
       <c r="H555" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="3">
         <v>554</v>
       </c>
       <c r="B556" s="3" t="s">
         <v>772</v>
       </c>
       <c r="C556" s="3">
-        <v>10442212983</v>
+        <v>10800734512</v>
       </c>
       <c r="D556" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E556" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F556" s="3"/>
       <c r="G556" s="3"/>
       <c r="H556" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="3">
         <v>555</v>
       </c>
       <c r="B557" s="3" t="s">
         <v>773</v>
       </c>
       <c r="C557" s="3">
-        <v>10463097530</v>
+        <v>20604497389</v>
       </c>
       <c r="D557" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>13</v>
+        <v>774</v>
       </c>
       <c r="F557" s="3"/>
       <c r="G557" s="3"/>
       <c r="H557" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="3">
         <v>556</v>
       </c>
       <c r="B558" s="3" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="C558" s="3" t="s">
         <v>775</v>
       </c>
+      <c r="C558" s="3">
+        <v>10442212983</v>
+      </c>
       <c r="D558" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E558" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E558" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F558" s="3"/>
       <c r="G558" s="3"/>
       <c r="H558" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="3">
         <v>557</v>
       </c>
       <c r="B559" s="3" t="s">
         <v>776</v>
       </c>
       <c r="C559" s="3">
-        <v>31013894</v>
+        <v>10463097530</v>
       </c>
       <c r="D559" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E559" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E559" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F559" s="3"/>
       <c r="G559" s="3"/>
       <c r="H559" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="3">
         <v>558</v>
       </c>
       <c r="B560" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="C560" s="3">
-        <v>10771295512</v>
+      <c r="C560" s="3" t="s">
+        <v>778</v>
       </c>
       <c r="D560" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E560" s="3"/>
       <c r="F560" s="3"/>
       <c r="G560" s="3"/>
       <c r="H560" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="3">
         <v>559</v>
       </c>
       <c r="B561" s="3" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C561" s="3">
-        <v>21471951</v>
+        <v>31013894</v>
       </c>
       <c r="D561" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E561" s="3"/>
       <c r="F561" s="3"/>
       <c r="G561" s="3"/>
       <c r="H561" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="3">
         <v>560</v>
       </c>
       <c r="B562" s="3" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C562" s="3">
-        <v>71312868</v>
+        <v>10771295512</v>
       </c>
       <c r="D562" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E562" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E562" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F562" s="3"/>
       <c r="G562" s="3"/>
       <c r="H562" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="3">
         <v>561</v>
       </c>
       <c r="B563" s="3" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C563" s="3">
-        <v>20505208626</v>
+        <v>21471951</v>
       </c>
       <c r="D563" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E563" s="3"/>
       <c r="F563" s="3"/>
       <c r="G563" s="3"/>
       <c r="H563" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="3">
         <v>562</v>
       </c>
       <c r="B564" s="3" t="s">
         <v>782</v>
       </c>
       <c r="C564" s="3">
-        <v>74641588</v>
+        <v>71312868</v>
       </c>
       <c r="D564" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E564" s="3"/>
       <c r="F564" s="3"/>
       <c r="G564" s="3"/>
       <c r="H564" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="3">
         <v>563</v>
       </c>
       <c r="B565" s="3" t="s">
         <v>783</v>
       </c>
       <c r="C565" s="3">
-        <v>20131376503</v>
+        <v>20505208626</v>
       </c>
       <c r="D565" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E565" s="3" t="s">
         <v>784</v>
       </c>
       <c r="F565" s="3"/>
       <c r="G565" s="3"/>
       <c r="H565" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="3">
         <v>564</v>
       </c>
       <c r="B566" s="3" t="s">
         <v>785</v>
       </c>
       <c r="C566" s="3">
-        <v>20131377810</v>
+        <v>74641588</v>
       </c>
       <c r="D566" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E566" s="3"/>
       <c r="F566" s="3"/>
       <c r="G566" s="3"/>
       <c r="H566" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="3">
         <v>565</v>
       </c>
       <c r="B567" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="C567" s="3">
+        <v>20131376503</v>
+      </c>
+      <c r="D567" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E567" s="3" t="s">
         <v>787</v>
-      </c>
-[...7 lines deleted...]
-        <v>788</v>
       </c>
       <c r="F567" s="3"/>
       <c r="G567" s="3"/>
       <c r="H567" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="3">
         <v>566</v>
       </c>
       <c r="B568" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="C568" s="3">
+        <v>20131377810</v>
+      </c>
+      <c r="D568" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E568" s="3" t="s">
         <v>789</v>
-      </c>
-[...7 lines deleted...]
-        <v>790</v>
       </c>
       <c r="F568" s="3"/>
       <c r="G568" s="3"/>
       <c r="H568" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="3">
         <v>567</v>
       </c>
       <c r="B569" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="C569" s="3">
+        <v>20609098890</v>
+      </c>
+      <c r="D569" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E569" s="3" t="s">
         <v>791</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F569" s="3"/>
       <c r="G569" s="3"/>
       <c r="H569" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
         <v>792</v>
       </c>
       <c r="C570" s="3">
-        <v>20530932487</v>
+        <v>20226916947</v>
       </c>
       <c r="D570" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E570" s="3" t="s">
         <v>793</v>
       </c>
       <c r="F570" s="3"/>
       <c r="G570" s="3"/>
       <c r="H570" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="3">
         <v>569</v>
       </c>
       <c r="B571" s="3" t="s">
         <v>794</v>
       </c>
       <c r="C571" s="3">
-        <v>15485459399</v>
+        <v>10413924338</v>
       </c>
       <c r="D571" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E571" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F571" s="3"/>
       <c r="G571" s="3"/>
       <c r="H571" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="3">
         <v>570</v>
       </c>
       <c r="B572" s="3" t="s">
         <v>795</v>
       </c>
       <c r="C572" s="3">
-        <v>42155585</v>
+        <v>20530932487</v>
       </c>
       <c r="D572" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E572" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E572" s="3" t="s">
+        <v>796</v>
+      </c>
       <c r="F572" s="3"/>
       <c r="G572" s="3"/>
       <c r="H572" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="3">
         <v>571</v>
       </c>
       <c r="B573" s="3" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C573" s="3">
-        <v>42339148</v>
+        <v>15485459399</v>
       </c>
       <c r="D573" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E573" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E573" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F573" s="3"/>
       <c r="G573" s="3"/>
       <c r="H573" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="3">
         <v>572</v>
       </c>
       <c r="B574" s="3" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C574" s="3">
-        <v>20214751811</v>
+        <v>42155585</v>
       </c>
       <c r="D574" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E574" s="3"/>
       <c r="F574" s="3"/>
       <c r="G574" s="3"/>
       <c r="H574" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="3">
         <v>573</v>
       </c>
       <c r="B575" s="3" t="s">
         <v>799</v>
       </c>
       <c r="C575" s="3">
-        <v>20111284084</v>
+        <v>42339148</v>
       </c>
       <c r="D575" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E575" s="3"/>
       <c r="F575" s="3"/>
       <c r="G575" s="3"/>
       <c r="H575" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="3">
         <v>574</v>
       </c>
       <c r="B576" s="3" t="s">
+        <v>800</v>
+      </c>
+      <c r="C576" s="3">
+        <v>20214751811</v>
+      </c>
+      <c r="D576" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E576" s="3" t="s">
         <v>801</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F576" s="3"/>
       <c r="G576" s="3"/>
       <c r="H576" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="3">
         <v>575</v>
       </c>
       <c r="B577" s="3" t="s">
         <v>802</v>
       </c>
       <c r="C577" s="3">
-        <v>10315526537</v>
+        <v>20111284084</v>
       </c>
       <c r="D577" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>13</v>
+        <v>803</v>
       </c>
       <c r="F577" s="3"/>
       <c r="G577" s="3"/>
       <c r="H577" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="3">
         <v>576</v>
       </c>
       <c r="B578" s="3" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C578" s="3">
-        <v>10282430521</v>
+        <v>10420720977</v>
       </c>
       <c r="D578" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E578" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F578" s="3"/>
       <c r="G578" s="3"/>
       <c r="H578" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="3">
         <v>577</v>
       </c>
       <c r="B579" s="3" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C579" s="3">
-        <v>47424264</v>
+        <v>10315526537</v>
       </c>
       <c r="D579" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E579" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E579" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F579" s="3"/>
       <c r="G579" s="3"/>
       <c r="H579" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="3">
         <v>578</v>
       </c>
       <c r="B580" s="3" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C580" s="3">
-        <v>41842481</v>
+        <v>10282430521</v>
       </c>
       <c r="D580" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E580" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E580" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F580" s="3"/>
       <c r="G580" s="3"/>
       <c r="H580" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="3">
         <v>579</v>
       </c>
       <c r="B581" s="3" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C581" s="3">
-        <v>10310128045</v>
+        <v>47424264</v>
       </c>
       <c r="D581" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E581" s="3"/>
       <c r="F581" s="3"/>
       <c r="G581" s="3"/>
       <c r="H581" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="3">
         <v>580</v>
       </c>
       <c r="B582" s="3" t="s">
         <v>808</v>
       </c>
       <c r="C582" s="3">
-        <v>10310045778</v>
+        <v>41842481</v>
       </c>
       <c r="D582" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E582" s="3"/>
       <c r="F582" s="3"/>
       <c r="G582" s="3"/>
       <c r="H582" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="3">
         <v>581</v>
       </c>
       <c r="B583" s="3" t="s">
         <v>809</v>
       </c>
       <c r="C583" s="3">
-        <v>10421580605</v>
+        <v>10310128045</v>
       </c>
       <c r="D583" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E583" s="3" t="s">
-        <v>13</v>
+        <v>810</v>
       </c>
       <c r="F583" s="3"/>
       <c r="G583" s="3"/>
       <c r="H583" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="3">
         <v>582</v>
       </c>
       <c r="B584" s="3" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C584" s="3">
-        <v>20100147514</v>
+        <v>10310045778</v>
       </c>
       <c r="D584" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>811</v>
+        <v>13</v>
       </c>
       <c r="F584" s="3"/>
       <c r="G584" s="3"/>
       <c r="H584" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="3">
         <v>583</v>
       </c>
       <c r="B585" s="3" t="s">
         <v>812</v>
       </c>
       <c r="C585" s="3">
-        <v>20606810530</v>
+        <v>10421580605</v>
       </c>
       <c r="D585" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>813</v>
+        <v>13</v>
       </c>
       <c r="F585" s="3"/>
       <c r="G585" s="3"/>
       <c r="H585" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="3">
         <v>584</v>
       </c>
       <c r="B586" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="C586" s="3">
+        <v>20100147514</v>
+      </c>
+      <c r="D586" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E586" s="3" t="s">
         <v>814</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F586" s="3"/>
       <c r="G586" s="3"/>
       <c r="H586" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="3">
         <v>585</v>
       </c>
       <c r="B587" s="3" t="s">
         <v>815</v>
       </c>
       <c r="C587" s="3">
-        <v>20536902385</v>
+        <v>20606810530</v>
       </c>
       <c r="D587" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E587" s="3" t="s">
         <v>816</v>
       </c>
       <c r="F587" s="3"/>
       <c r="G587" s="3"/>
       <c r="H587" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="3">
         <v>586</v>
       </c>
       <c r="B588" s="3" t="s">
         <v>817</v>
       </c>
       <c r="C588" s="3">
-        <v>20613793357</v>
+        <v>10247126975</v>
       </c>
       <c r="D588" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>818</v>
+        <v>13</v>
       </c>
       <c r="F588" s="3"/>
       <c r="G588" s="3"/>
       <c r="H588" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="3">
         <v>587</v>
       </c>
       <c r="B589" s="3" t="s">
+        <v>818</v>
+      </c>
+      <c r="C589" s="3">
+        <v>20536902385</v>
+      </c>
+      <c r="D589" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E589" s="3" t="s">
         <v>819</v>
-      </c>
-[...7 lines deleted...]
-        <v>820</v>
       </c>
       <c r="F589" s="3"/>
       <c r="G589" s="3"/>
       <c r="H589" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="3">
         <v>588</v>
       </c>
       <c r="B590" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="C590" s="3">
+        <v>20613793357</v>
+      </c>
+      <c r="D590" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E590" s="3" t="s">
         <v>821</v>
-      </c>
-[...7 lines deleted...]
-        <v>822</v>
       </c>
       <c r="F590" s="3"/>
       <c r="G590" s="3"/>
       <c r="H590" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="3">
         <v>589</v>
       </c>
       <c r="B591" s="3" t="s">
+        <v>822</v>
+      </c>
+      <c r="C591" s="3">
+        <v>20601093163</v>
+      </c>
+      <c r="D591" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E591" s="3" t="s">
         <v>823</v>
-      </c>
-[...7 lines deleted...]
-        <v>824</v>
       </c>
       <c r="F591" s="3"/>
       <c r="G591" s="3"/>
       <c r="H591" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="3">
         <v>590</v>
       </c>
       <c r="B592" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="C592" s="3">
+        <v>31045578</v>
+      </c>
+      <c r="D592" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E592" s="3" t="s">
         <v>825</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F592" s="3"/>
       <c r="G592" s="3"/>
       <c r="H592" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="3">
         <v>591</v>
       </c>
       <c r="B593" s="3" t="s">
         <v>826</v>
       </c>
       <c r="C593" s="3">
-        <v>10425936838</v>
+        <v>20486407965</v>
       </c>
       <c r="D593" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>13</v>
+        <v>827</v>
       </c>
       <c r="F593" s="3"/>
       <c r="G593" s="3"/>
       <c r="H593" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="3">
         <v>592</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C594" s="3">
-        <v>31036524</v>
+        <v>10310247001</v>
       </c>
       <c r="D594" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E594" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E594" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F594" s="3"/>
       <c r="G594" s="3"/>
       <c r="H594" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="3">
         <v>593</v>
       </c>
       <c r="B595" s="3" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C595" s="3">
-        <v>20610905090</v>
+        <v>10425936838</v>
       </c>
       <c r="D595" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="F595" s="3"/>
       <c r="G595" s="3"/>
       <c r="H595" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="3">
         <v>594</v>
       </c>
       <c r="B596" s="3" t="s">
         <v>830</v>
       </c>
       <c r="C596" s="3">
-        <v>10745887444</v>
+        <v>31036524</v>
       </c>
       <c r="D596" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E596" s="3"/>
       <c r="F596" s="3"/>
       <c r="G596" s="3"/>
       <c r="H596" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="3">
         <v>595</v>
       </c>
       <c r="B597" s="3" t="s">
         <v>831</v>
       </c>
       <c r="C597" s="3">
-        <v>20601515548</v>
+        <v>20610905090</v>
       </c>
       <c r="D597" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E597" s="3" t="s">
         <v>832</v>
       </c>
       <c r="F597" s="3"/>
       <c r="G597" s="3"/>
       <c r="H597" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="3">
         <v>596</v>
       </c>
       <c r="B598" s="3" t="s">
         <v>833</v>
       </c>
       <c r="C598" s="3">
-        <v>20443178342</v>
+        <v>10745887444</v>
       </c>
       <c r="D598" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>834</v>
+        <v>13</v>
       </c>
       <c r="F598" s="3"/>
       <c r="G598" s="3"/>
       <c r="H598" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="3">
         <v>597</v>
       </c>
       <c r="B599" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="C599" s="3">
+        <v>20601515548</v>
+      </c>
+      <c r="D599" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E599" s="3" t="s">
         <v>835</v>
-      </c>
-[...7 lines deleted...]
-        <v>836</v>
       </c>
       <c r="F599" s="3"/>
       <c r="G599" s="3"/>
       <c r="H599" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="3">
         <v>598</v>
       </c>
       <c r="B600" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="C600" s="3">
+        <v>20443178342</v>
+      </c>
+      <c r="D600" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E600" s="3" t="s">
         <v>837</v>
-      </c>
-[...7 lines deleted...]
-        <v>838</v>
       </c>
       <c r="F600" s="3"/>
       <c r="G600" s="3"/>
       <c r="H600" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="3">
         <v>599</v>
       </c>
       <c r="B601" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="C601" s="3">
+        <v>20100227461</v>
+      </c>
+      <c r="D601" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E601" s="3" t="s">
         <v>839</v>
-      </c>
-[...7 lines deleted...]
-        <v>840</v>
       </c>
       <c r="F601" s="3"/>
       <c r="G601" s="3"/>
       <c r="H601" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="3">
         <v>600</v>
       </c>
       <c r="B602" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="C602" s="3">
+        <v>20601081726</v>
+      </c>
+      <c r="D602" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E602" s="3" t="s">
         <v>841</v>
       </c>
-      <c r="C602" s="3">
-[...5 lines deleted...]
-      <c r="E602" s="3"/>
       <c r="F602" s="3"/>
       <c r="G602" s="3"/>
       <c r="H602" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="3">
         <v>601</v>
       </c>
       <c r="B603" s="3" t="s">
         <v>842</v>
       </c>
       <c r="C603" s="3">
-        <v>40140419</v>
+        <v>20564108724</v>
       </c>
       <c r="D603" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E603" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E603" s="3" t="s">
+        <v>843</v>
+      </c>
       <c r="F603" s="3"/>
       <c r="G603" s="3"/>
       <c r="H603" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="3">
         <v>602</v>
       </c>
       <c r="B604" s="3" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C604" s="3">
-        <v>98367669</v>
+        <v>43222353</v>
       </c>
       <c r="D604" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E604" s="3"/>
       <c r="F604" s="3"/>
       <c r="G604" s="3"/>
       <c r="H604" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="3">
         <v>603</v>
       </c>
       <c r="B605" s="3" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C605" s="3">
-        <v>20490983598</v>
+        <v>40140419</v>
       </c>
       <c r="D605" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E605" s="3"/>
       <c r="F605" s="3"/>
       <c r="G605" s="3"/>
       <c r="H605" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="3">
         <v>604</v>
       </c>
       <c r="B606" s="3" t="s">
         <v>846</v>
       </c>
       <c r="C606" s="3">
-        <v>20104985204</v>
+        <v>98367669</v>
       </c>
       <c r="D606" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E606" s="3"/>
       <c r="F606" s="3"/>
       <c r="G606" s="3"/>
       <c r="H606" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="3">
         <v>605</v>
       </c>
       <c r="B607" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="C607" s="3">
+        <v>20490983598</v>
+      </c>
+      <c r="D607" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E607" s="3" t="s">
         <v>848</v>
       </c>
-      <c r="C607" s="3">
-[...5 lines deleted...]
-      <c r="E607" s="3"/>
       <c r="F607" s="3"/>
       <c r="G607" s="3"/>
       <c r="H607" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="3">
         <v>606</v>
       </c>
       <c r="B608" s="3" t="s">
         <v>849</v>
       </c>
       <c r="C608" s="3">
-        <v>10310314299</v>
+        <v>20104985204</v>
       </c>
       <c r="D608" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>13</v>
+        <v>850</v>
       </c>
       <c r="F608" s="3"/>
       <c r="G608" s="3"/>
       <c r="H608" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="3">
         <v>607</v>
       </c>
       <c r="B609" s="3" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C609" s="3">
-        <v>20600792378</v>
+        <v>72259889</v>
       </c>
       <c r="D609" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E609" s="3"/>
       <c r="F609" s="3"/>
       <c r="G609" s="3"/>
       <c r="H609" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="3">
         <v>608</v>
       </c>
       <c r="B610" s="3" t="s">
         <v>852</v>
       </c>
       <c r="C610" s="3">
-        <v>10310135564</v>
+        <v>10310314299</v>
       </c>
       <c r="D610" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E610" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F610" s="3"/>
       <c r="G610" s="3"/>
       <c r="H610" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="3">
         <v>609</v>
       </c>
       <c r="B611" s="3" t="s">
         <v>853</v>
       </c>
       <c r="C611" s="3">
-        <v>23978839</v>
+        <v>20600792378</v>
       </c>
       <c r="D611" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E611" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E611" s="3" t="s">
+        <v>854</v>
+      </c>
       <c r="F611" s="3"/>
       <c r="G611" s="3"/>
       <c r="H611" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="3">
         <v>610</v>
       </c>
       <c r="B612" s="3" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C612" s="3">
-        <v>10313473207</v>
+        <v>10310135564</v>
       </c>
       <c r="D612" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E612" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F612" s="3"/>
       <c r="G612" s="3"/>
       <c r="H612" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="3">
         <v>611</v>
       </c>
       <c r="B613" s="3" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C613" s="3">
-        <v>20549420363</v>
+        <v>23978839</v>
       </c>
       <c r="D613" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E613" s="3"/>
       <c r="F613" s="3"/>
       <c r="G613" s="3"/>
       <c r="H613" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="3">
         <v>612</v>
       </c>
       <c r="B614" s="3" t="s">
         <v>857</v>
       </c>
       <c r="C614" s="3">
-        <v>20609324423</v>
+        <v>10313473207</v>
       </c>
       <c r="D614" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>858</v>
+        <v>13</v>
       </c>
       <c r="F614" s="3"/>
       <c r="G614" s="3"/>
       <c r="H614" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="3">
         <v>613</v>
       </c>
       <c r="B615" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="C615" s="3">
+        <v>20549420363</v>
+      </c>
+      <c r="D615" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E615" s="3" t="s">
         <v>859</v>
-      </c>
-[...7 lines deleted...]
-        <v>860</v>
       </c>
       <c r="F615" s="3"/>
       <c r="G615" s="3"/>
       <c r="H615" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="3">
         <v>614</v>
       </c>
       <c r="B616" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="C616" s="3">
+        <v>20609324423</v>
+      </c>
+      <c r="D616" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E616" s="3" t="s">
         <v>861</v>
-      </c>
-[...7 lines deleted...]
-        <v>862</v>
       </c>
       <c r="F616" s="3"/>
       <c r="G616" s="3"/>
       <c r="H616" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="3">
         <v>615</v>
       </c>
       <c r="B617" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="C617" s="3">
+        <v>20450656349</v>
+      </c>
+      <c r="D617" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E617" s="3" t="s">
         <v>863</v>
       </c>
-      <c r="C617" s="3">
-[...5 lines deleted...]
-      <c r="E617" s="3"/>
       <c r="F617" s="3"/>
       <c r="G617" s="3"/>
       <c r="H617" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="3">
         <v>616</v>
       </c>
       <c r="B618" s="3" t="s">
         <v>864</v>
       </c>
       <c r="C618" s="3">
-        <v>31139271</v>
+        <v>20564069303</v>
       </c>
       <c r="D618" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E618" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E618" s="3" t="s">
+        <v>865</v>
+      </c>
       <c r="F618" s="3"/>
       <c r="G618" s="3"/>
       <c r="H618" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="3">
         <v>617</v>
       </c>
       <c r="B619" s="3" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C619" s="3">
-        <v>31010942</v>
+        <v>40574966</v>
       </c>
       <c r="D619" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E619" s="3"/>
       <c r="F619" s="3"/>
       <c r="G619" s="3"/>
       <c r="H619" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="3">
         <v>618</v>
       </c>
       <c r="B620" s="3" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C620" s="3">
-        <v>31007267</v>
+        <v>31139271</v>
       </c>
       <c r="D620" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E620" s="3"/>
       <c r="F620" s="3"/>
       <c r="G620" s="3"/>
       <c r="H620" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="3">
         <v>619</v>
       </c>
       <c r="B621" s="3" t="s">
-        <v>867</v>
-[...1 lines deleted...]
-      <c r="C621" s="3" t="s">
         <v>868</v>
+      </c>
+      <c r="C621" s="3">
+        <v>31010942</v>
       </c>
       <c r="D621" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E621" s="3"/>
       <c r="F621" s="3"/>
       <c r="G621" s="3"/>
       <c r="H621" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="3">
         <v>620</v>
       </c>
       <c r="B622" s="3" t="s">
         <v>869</v>
       </c>
       <c r="C622" s="3">
-        <v>31022822</v>
+        <v>31007267</v>
       </c>
       <c r="D622" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E622" s="3"/>
       <c r="F622" s="3"/>
       <c r="G622" s="3"/>
       <c r="H622" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="3">
         <v>621</v>
       </c>
       <c r="B623" s="3" t="s">
         <v>870</v>
       </c>
-      <c r="C623" s="3">
-        <v>20528099328</v>
+      <c r="C623" s="3" t="s">
+        <v>871</v>
       </c>
       <c r="D623" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E623" s="3"/>
       <c r="F623" s="3"/>
       <c r="G623" s="3"/>
       <c r="H623" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="3">
         <v>622</v>
       </c>
       <c r="B624" s="3" t="s">
         <v>872</v>
       </c>
       <c r="C624" s="3">
-        <v>48936699</v>
+        <v>31022822</v>
       </c>
       <c r="D624" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E624" s="3"/>
       <c r="F624" s="3"/>
       <c r="G624" s="3"/>
       <c r="H624" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="3">
         <v>623</v>
       </c>
       <c r="B625" s="3" t="s">
         <v>873</v>
       </c>
       <c r="C625" s="3">
-        <v>31030833</v>
+        <v>20528099328</v>
       </c>
       <c r="D625" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E625" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E625" s="3" t="s">
+        <v>874</v>
+      </c>
       <c r="F625" s="3"/>
       <c r="G625" s="3"/>
       <c r="H625" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" s="3">
         <v>624</v>
       </c>
       <c r="B626" s="3" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C626" s="3">
-        <v>40013423</v>
+        <v>48936699</v>
       </c>
       <c r="D626" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E626" s="3"/>
       <c r="F626" s="3"/>
       <c r="G626" s="3"/>
       <c r="H626" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" s="3">
         <v>625</v>
       </c>
       <c r="B627" s="3" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C627" s="3">
-        <v>31029411</v>
+        <v>31030833</v>
       </c>
       <c r="D627" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E627" s="3"/>
       <c r="F627" s="3"/>
       <c r="G627" s="3"/>
       <c r="H627" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" s="3">
         <v>626</v>
       </c>
       <c r="B628" s="3" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C628" s="3">
-        <v>40209985</v>
+        <v>40013423</v>
       </c>
       <c r="D628" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E628" s="3"/>
       <c r="F628" s="3"/>
       <c r="G628" s="3"/>
       <c r="H628" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" s="3">
         <v>627</v>
       </c>
       <c r="B629" s="3" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C629" s="3">
-        <v>20603181388</v>
+        <v>31029411</v>
       </c>
       <c r="D629" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E629" s="3"/>
       <c r="F629" s="3"/>
       <c r="G629" s="3"/>
       <c r="H629" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" s="3">
         <v>628</v>
       </c>
       <c r="B630" s="3" t="s">
         <v>879</v>
       </c>
       <c r="C630" s="3">
-        <v>20564495663</v>
+        <v>40209985</v>
       </c>
       <c r="D630" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E630" s="3"/>
       <c r="F630" s="3"/>
       <c r="G630" s="3"/>
       <c r="H630" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" s="3">
         <v>629</v>
       </c>
       <c r="B631" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="C631" s="3">
+        <v>20603181388</v>
+      </c>
+      <c r="D631" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E631" s="3" t="s">
         <v>881</v>
       </c>
-      <c r="C631" s="3">
-[...5 lines deleted...]
-      <c r="E631" s="3"/>
       <c r="F631" s="3"/>
       <c r="G631" s="3"/>
       <c r="H631" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" s="3">
         <v>630</v>
       </c>
       <c r="B632" s="3" t="s">
         <v>882</v>
       </c>
       <c r="C632" s="3">
-        <v>31012187</v>
+        <v>20564495663</v>
       </c>
       <c r="D632" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E632" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E632" s="3" t="s">
+        <v>883</v>
+      </c>
       <c r="F632" s="3"/>
       <c r="G632" s="3"/>
       <c r="H632" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" s="3">
         <v>631</v>
       </c>
       <c r="B633" s="3" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C633" s="3">
-        <v>80511899</v>
+        <v>42871434</v>
       </c>
       <c r="D633" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E633" s="3"/>
       <c r="F633" s="3"/>
       <c r="G633" s="3"/>
       <c r="H633" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" s="3">
         <v>632</v>
       </c>
       <c r="B634" s="3" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C634" s="3">
-        <v>46235609</v>
+        <v>31012187</v>
       </c>
       <c r="D634" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E634" s="3"/>
       <c r="F634" s="3"/>
       <c r="G634" s="3"/>
       <c r="H634" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" s="3">
         <v>633</v>
       </c>
       <c r="B635" s="3" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C635" s="3">
-        <v>31173661</v>
+        <v>80511899</v>
       </c>
       <c r="D635" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E635" s="3"/>
       <c r="F635" s="3"/>
       <c r="G635" s="3"/>
       <c r="H635" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" s="3">
         <v>634</v>
       </c>
       <c r="B636" s="3" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="C636" s="3">
-        <v>45979125</v>
+        <v>46235609</v>
       </c>
       <c r="D636" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E636" s="3"/>
       <c r="F636" s="3"/>
       <c r="G636" s="3"/>
       <c r="H636" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" s="3">
         <v>635</v>
       </c>
       <c r="B637" s="3" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C637" s="3">
-        <v>71958484</v>
+        <v>31173661</v>
       </c>
       <c r="D637" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E637" s="3"/>
       <c r="F637" s="3"/>
       <c r="G637" s="3"/>
       <c r="H637" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" s="3">
         <v>636</v>
       </c>
       <c r="B638" s="3" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C638" s="3">
-        <v>72140421</v>
+        <v>45979125</v>
       </c>
       <c r="D638" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E638" s="3"/>
       <c r="F638" s="3"/>
       <c r="G638" s="3"/>
       <c r="H638" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" s="3">
         <v>637</v>
       </c>
       <c r="B639" s="3" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C639" s="3">
-        <v>20607329355</v>
+        <v>71958484</v>
       </c>
       <c r="D639" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E639" s="3"/>
       <c r="F639" s="3"/>
       <c r="G639" s="3"/>
       <c r="H639" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" s="3">
         <v>638</v>
       </c>
       <c r="B640" s="3" t="s">
         <v>891</v>
       </c>
       <c r="C640" s="3">
-        <v>31037521</v>
+        <v>72140421</v>
       </c>
       <c r="D640" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E640" s="3"/>
       <c r="F640" s="3"/>
       <c r="G640" s="3"/>
       <c r="H640" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" s="3">
         <v>639</v>
       </c>
       <c r="B641" s="3" t="s">
         <v>892</v>
       </c>
       <c r="C641" s="3">
-        <v>31039644</v>
+        <v>20607329355</v>
       </c>
       <c r="D641" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E641" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E641" s="3" t="s">
+        <v>893</v>
+      </c>
       <c r="F641" s="3"/>
       <c r="G641" s="3"/>
       <c r="H641" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" s="3">
         <v>640</v>
       </c>
       <c r="B642" s="3" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C642" s="3">
-        <v>73752884</v>
+        <v>31037521</v>
       </c>
       <c r="D642" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E642" s="3"/>
       <c r="F642" s="3"/>
       <c r="G642" s="3"/>
       <c r="H642" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" s="3">
         <v>641</v>
       </c>
       <c r="B643" s="3" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C643" s="3">
-        <v>70784280</v>
+        <v>31039644</v>
       </c>
       <c r="D643" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E643" s="3"/>
       <c r="F643" s="3"/>
       <c r="G643" s="3"/>
       <c r="H643" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" s="3">
         <v>642</v>
       </c>
       <c r="B644" s="3" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C644" s="3">
-        <v>20609845946</v>
+        <v>73752884</v>
       </c>
       <c r="D644" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E644" s="3"/>
       <c r="F644" s="3"/>
       <c r="G644" s="3"/>
       <c r="H644" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" s="3">
         <v>643</v>
       </c>
       <c r="B645" s="3" t="s">
         <v>897</v>
       </c>
       <c r="C645" s="3">
-        <v>31185872</v>
+        <v>70784280</v>
       </c>
       <c r="D645" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E645" s="3"/>
       <c r="F645" s="3"/>
       <c r="G645" s="3"/>
       <c r="H645" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" s="3">
         <v>644</v>
       </c>
       <c r="B646" s="3" t="s">
         <v>898</v>
       </c>
       <c r="C646" s="3">
-        <v>60020699</v>
+        <v>20609845946</v>
       </c>
       <c r="D646" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E646" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E646" s="3" t="s">
+        <v>899</v>
+      </c>
       <c r="F646" s="3"/>
       <c r="G646" s="3"/>
       <c r="H646" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" s="3">
         <v>645</v>
       </c>
       <c r="B647" s="3" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C647" s="3">
-        <v>71298806</v>
+        <v>31185872</v>
       </c>
       <c r="D647" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E647" s="3"/>
       <c r="F647" s="3"/>
       <c r="G647" s="3"/>
       <c r="H647" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" s="3">
         <v>646</v>
       </c>
       <c r="B648" s="3" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C648" s="3">
-        <v>20600078501</v>
+        <v>60020699</v>
       </c>
       <c r="D648" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E648" s="3"/>
       <c r="F648" s="3"/>
       <c r="G648" s="3"/>
       <c r="H648" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" s="3">
         <v>647</v>
       </c>
       <c r="B649" s="3" t="s">
         <v>902</v>
       </c>
       <c r="C649" s="3">
-        <v>10434960377</v>
+        <v>71298806</v>
       </c>
       <c r="D649" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E649" s="3"/>
       <c r="F649" s="3"/>
       <c r="G649" s="3"/>
       <c r="H649" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="650" spans="1:8">
+      <c r="A650" s="3">
+        <v>648</v>
+      </c>
+      <c r="B650" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="C650" s="3">
+        <v>20600078501</v>
+      </c>
+      <c r="D650" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E650" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="F650" s="3"/>
+      <c r="G650" s="3"/>
+      <c r="H650" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="651" spans="1:8">
+      <c r="A651" s="3">
+        <v>649</v>
+      </c>
+      <c r="B651" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="C651" s="3">
+        <v>10434960377</v>
+      </c>
+      <c r="D651" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E651" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F651" s="3"/>
+      <c r="G651" s="3"/>
+      <c r="H651" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>